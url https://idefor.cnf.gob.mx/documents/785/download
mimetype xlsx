--- v0 (2025-12-15)
+++ v1 (2026-03-17)
@@ -1,108 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="-45" yWindow="5805" windowWidth="28920" windowHeight="6540" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="CERTIFICACIONES" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <calcPr calcId="145621"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
+    <author>123</author>
     <author>Autor</author>
   </authors>
   <commentList>
-    <comment ref="G37" authorId="0">
+    <comment ref="J13" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+*Sin información vectorial. En proceso de obtención</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J20" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+**Poligono del predio. Sólo como referencia</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J21" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+**Poligono del predio. Sólo como referencia</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J23" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+**Poligono del predio. Sólo como referencia</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="G37" authorId="1">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Autor:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Se apoyo la sup. De Se apoyo la sup. De 6,386 ha certifico una sup. mayor
 </t>
         </r>
       </text>
     </comment>
+    <comment ref="J38" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+*Sin información vectorial. En proceso de obtención.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J43" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+**Poligono del predio. Sólo como referencia</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J92" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+*Sin información vectorial. En proceso de obtención.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J96" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>123:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+*Sin información vectorial. En proceso de obtención.</t>
+        </r>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1596" uniqueCount="765">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1578" uniqueCount="758">
   <si>
     <t>INSTRUMENTO</t>
   </si>
   <si>
     <t>PHINA</t>
   </si>
   <si>
     <t>TENENCIA</t>
   </si>
   <si>
     <t>NOM_PREDIO</t>
   </si>
   <si>
     <t>ESTADO</t>
   </si>
   <si>
     <t>MUNICIPIO</t>
   </si>
   <si>
     <t>SUP_CERTIF</t>
   </si>
   <si>
     <t>FECHA_CERTIFICADO</t>
   </si>
   <si>
@@ -531,53 +725,50 @@
   <si>
     <t>1414109621885369</t>
   </si>
   <si>
     <t>San Antonio De Los Macedo</t>
   </si>
   <si>
     <t>Jalisco</t>
   </si>
   <si>
     <t>Atenguillo</t>
   </si>
   <si>
     <t xml:space="preserve">C.P.Compañía Silvícola Chapultepec </t>
   </si>
   <si>
     <t>NC-FM/COC-000208</t>
   </si>
   <si>
     <t>0814109621720284</t>
   </si>
   <si>
     <t>El Largo y Anexos</t>
   </si>
   <si>
-    <t>NC-FM/COC-000170</t>
-[...1 lines deleted...]
-  <si>
     <t>1014109621747076</t>
   </si>
   <si>
     <t>San Bernardino de Milpillas Chico</t>
   </si>
   <si>
     <t>2014109622106084</t>
   </si>
   <si>
     <t>Teococuilco de Marcos Pérez</t>
   </si>
   <si>
     <t>NC-FM/COC-007688</t>
   </si>
   <si>
     <t>Hidalgo</t>
   </si>
   <si>
     <t>1014109621752118</t>
   </si>
   <si>
     <t>El Alamito</t>
   </si>
   <si>
     <t>14084ETEMPO02303</t>
@@ -777,62 +968,53 @@
   <si>
     <t>1014109621747284</t>
   </si>
   <si>
     <t>El Brillante</t>
   </si>
   <si>
     <t>Lote 3 de Ciferedo y Potrero de las Vacas y Fracción de Terreno Rústico Segregada del Lote 14 del Fraccionamiento del Predio Miravalles</t>
   </si>
   <si>
     <t>NC-FM/COC-037500</t>
   </si>
   <si>
     <t>1014109621751949</t>
   </si>
   <si>
     <t>Bajios del Pinto</t>
   </si>
   <si>
     <t>Productora de Triplay S.A. de C.V.</t>
   </si>
   <si>
     <t>1014109621747047</t>
   </si>
   <si>
-    <t>2914109622348221</t>
-[...4 lines deleted...]
-  <si>
     <t>Tlaxcala</t>
   </si>
   <si>
-    <t>Tlaxco</t>
-[...1 lines deleted...]
-  <si>
     <t>2014109622097339</t>
   </si>
   <si>
     <t>2114109622117723</t>
   </si>
   <si>
     <t>San Luis del Valle</t>
   </si>
   <si>
     <t>1014109621752043</t>
   </si>
   <si>
     <t>NC-FM/COC-057227</t>
   </si>
   <si>
     <t>Singuilucan</t>
   </si>
   <si>
     <t>NMX</t>
   </si>
   <si>
     <t>1314109621880199</t>
   </si>
   <si>
     <t xml:space="preserve">Tzincoatlán  </t>
@@ -1254,188 +1436,65 @@
   <si>
     <t>Yoquivo y su Anexo Zapareachi</t>
   </si>
   <si>
     <t xml:space="preserve">	NC-NMX-037220</t>
   </si>
   <si>
     <t>La Bufa</t>
   </si>
   <si>
     <t>SIM-143/071</t>
   </si>
   <si>
     <t>2314109622161978</t>
   </si>
   <si>
     <t>San Martiniano</t>
   </si>
   <si>
     <t>Lázaro Cárdenas</t>
   </si>
   <si>
     <t>NC-NMX-066951</t>
   </si>
   <si>
-    <t>0808079843977149</t>
-[...19 lines deleted...]
-  <si>
     <t>1314109621855290</t>
   </si>
   <si>
     <t>El Ocote</t>
   </si>
   <si>
-    <t>SIM-143/069</t>
-[...1 lines deleted...]
-  <si>
     <t>1314109621869986</t>
   </si>
   <si>
     <t>Emiliano Zapata</t>
   </si>
   <si>
-    <t>SIM-143/068</t>
-[...64 lines deleted...]
-  <si>
     <t>Santa Rosa</t>
   </si>
   <si>
-    <t>SIM-143/065</t>
-[...31 lines deleted...]
-  <si>
     <t>0814109621720527</t>
   </si>
   <si>
     <t>Tamaulipas</t>
   </si>
   <si>
     <t>1014109621749522</t>
   </si>
   <si>
     <t>2414109622163312</t>
   </si>
   <si>
     <t>Ojo de Agua, Reforma y Maguey</t>
   </si>
   <si>
     <t>Alaquines</t>
   </si>
   <si>
     <t>SIM-143/078</t>
   </si>
   <si>
     <t>2414109622200022</t>
   </si>
   <si>
     <t>San Francisco</t>
@@ -1704,74 +1763,62 @@
   <si>
     <t>2814109622313562</t>
   </si>
   <si>
     <t>1014109621747414</t>
   </si>
   <si>
     <t>2914109622346903</t>
   </si>
   <si>
     <t>Grupal</t>
   </si>
   <si>
     <t>ALA BOOL BONOS DE CARBONO S.P.R DE R.L. DE C.V.-FELIPE CARRILLO PUERTO, ROO/Mexico (Ejido Naranjal Poniente, Ejido Santa María Poniente, Ejido Tabi, Ejido Chancah Derrepente, Ejido Yaxley, Ejido Tixcacal Guadia, Ejido Laguna Kaná y Ejido Yoactun)</t>
   </si>
   <si>
     <t>Cañada de San Miguel El Negro y Anexos</t>
   </si>
   <si>
     <t xml:space="preserve">El Gavilán  </t>
   </si>
   <si>
     <t>La Cueva y Anexos</t>
   </si>
   <si>
-    <t>Proxylo S.A.P.I. de C.V.</t>
-[...4 lines deleted...]
-  <si>
     <t>Servicios Técnicos Forestales de la Unión de Ejidos Zapata S.C. (Ejido Rincón de Guadalupe, Ejido San Lucas, Ejido El Potrero, Ejido Amanalco, Ejido San Jerónimo y Bienes Comunales Rincón de Guadalupe)</t>
   </si>
   <si>
-    <t>Xalapa</t>
-[...1 lines deleted...]
-  <si>
     <t>Bacalara / Felipe Carrillo</t>
   </si>
   <si>
     <t>Güémez</t>
   </si>
   <si>
     <t>Nanacamilpa de Mariano Arista</t>
   </si>
   <si>
-    <t>SCS-FM/COC-400047</t>
-[...1 lines deleted...]
-  <si>
     <t>PBN-FM/COC-070934</t>
   </si>
   <si>
     <t>PBN-FM/COC-037262</t>
   </si>
   <si>
     <t>NC-FM/COC-037434</t>
   </si>
   <si>
     <t>12042ETEMPO10116</t>
   </si>
   <si>
     <t>0814109621723637</t>
   </si>
   <si>
     <t>1014109621747359</t>
   </si>
   <si>
     <t>08051E1010060002</t>
   </si>
   <si>
     <t>2114109622116880</t>
   </si>
   <si>
     <t>0814109621704741</t>
@@ -2253,53 +2300,50 @@
   <si>
     <t>PBN-FM/COC-037055</t>
   </si>
   <si>
     <t>PBN-FM/COC-057268</t>
   </si>
   <si>
     <t>Chulutan</t>
   </si>
   <si>
     <t>Acolihuia</t>
   </si>
   <si>
     <t>Tecoyuca</t>
   </si>
   <si>
     <t>1214109621816846</t>
   </si>
   <si>
     <t>1014109621737520</t>
   </si>
   <si>
     <t>2014109622102876</t>
   </si>
   <si>
-    <t>sociedad</t>
-[...1 lines deleted...]
-  <si>
     <t>1014109621752715</t>
   </si>
   <si>
     <t>2114109622117238</t>
   </si>
   <si>
     <t>2514109622208034</t>
   </si>
   <si>
     <t>0814109621712998</t>
   </si>
   <si>
     <t>1514109621927926</t>
   </si>
   <si>
     <t>1514109621928055</t>
   </si>
   <si>
     <t>El Centenario</t>
   </si>
   <si>
     <t>La Trinidad Ixtlán</t>
   </si>
   <si>
     <t xml:space="preserve">Empresa Comunal Forestal Yia Bdhua S.P.R de R.L. </t>
@@ -2322,192 +2366,348 @@
   <si>
     <t>Unión de Consultores Forestales SC de RL de CV (B. C Cabecera de Indígenas, Ejido Buenavista Casa Blanca Dotación, Ejido Cabecera de Indígenas, Ejido La Esperanza, Ejido La Fábrica Concepción Dotación, Ejido Mesas Altas de Xoconusco, Ejido San Jeronimo Pilitas Dotación y Ampliación, Ejido San Jeronimo Totoltepec, Ejido San Juan Palo Seco, Ejido San Lucas Texcaltitlan y Ejido San Pablo)</t>
   </si>
   <si>
     <t>Cuevecillas y Culebras (2C S.P.R. DE R.L.)</t>
   </si>
   <si>
     <t xml:space="preserve">Amanalco de Becerra  </t>
   </si>
   <si>
     <t xml:space="preserve">San Jeronimo  </t>
   </si>
   <si>
     <t>de Ruíz Castañeda</t>
   </si>
   <si>
     <t>Santa María Yalina</t>
   </si>
   <si>
     <t>Temósachic</t>
   </si>
   <si>
     <t>Concordia</t>
   </si>
   <si>
-    <t>Pendiente</t>
-[...1 lines deleted...]
-  <si>
     <t>PBN-FM/COC-037029</t>
   </si>
   <si>
     <t>PBN-FM/COC-007879</t>
   </si>
   <si>
     <t>PBN-FM/COC-009452</t>
   </si>
   <si>
     <t>NC-FM/COC-000155</t>
   </si>
   <si>
     <t>NC-FM/COC-006706</t>
   </si>
   <si>
     <t>NC-FM/COC-074544</t>
   </si>
   <si>
     <t>PBN-FM/COC-007825</t>
   </si>
   <si>
     <t>PBN-FM/COC-067179</t>
   </si>
   <si>
     <t>NC-FM/COC-06143A / PBN-FM/COC-009215</t>
   </si>
   <si>
-    <t>PBN-FM/COC-007335</t>
+    <t>1314109621870042</t>
+  </si>
+  <si>
+    <t>1014109621756514</t>
+  </si>
+  <si>
+    <t>2114109622116907</t>
+  </si>
+  <si>
+    <t>3014109622381027</t>
+  </si>
+  <si>
+    <t>2014109622063102</t>
+  </si>
+  <si>
+    <t>2114109622116806</t>
+  </si>
+  <si>
+    <t>2814109622314456</t>
+  </si>
+  <si>
+    <t>1414109621908985</t>
+  </si>
+  <si>
+    <t>1414109621907642</t>
+  </si>
+  <si>
+    <t>1414109621901638</t>
+  </si>
+  <si>
+    <t>1414109621910262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unidad Económica Especializada de Aprovechamiento Forestal Comunal Zoquiapam
+</t>
+  </si>
+  <si>
+    <t>Los Romeros</t>
+  </si>
+  <si>
+    <t>Lobos y Pescaderos</t>
+  </si>
+  <si>
+    <t>La Selva</t>
+  </si>
+  <si>
+    <t>De Ixtlán de Juárez</t>
+  </si>
+  <si>
+    <t>Acoculco</t>
+  </si>
+  <si>
+    <t>Conrado Castillo</t>
+  </si>
+  <si>
+    <t>El Cuale</t>
+  </si>
+  <si>
+    <t>El Rodeo</t>
+  </si>
+  <si>
+    <t>Navidad</t>
+  </si>
+  <si>
+    <t xml:space="preserve">San José Nanacamilpa   </t>
+  </si>
+  <si>
+    <t>Nuevo Zoquiapam</t>
+  </si>
+  <si>
+    <t>Santiago Tulantepec de Lugo Guerrero</t>
+  </si>
+  <si>
+    <t>Huayacocotla</t>
+  </si>
+  <si>
+    <t>Ixtlán de Juárez</t>
+  </si>
+  <si>
+    <t>Gómez Farías</t>
+  </si>
+  <si>
+    <t>Tamazula de Gordiano</t>
+  </si>
+  <si>
+    <t>PBN-FM/COC-083051</t>
+  </si>
+  <si>
+    <t>PBN-FM/COC-000170</t>
+  </si>
+  <si>
+    <t>PBN-FM/COC-037449</t>
+  </si>
+  <si>
+    <t>PBN-FM/COC-006081</t>
+  </si>
+  <si>
+    <t>PBN-FM/COC-007128</t>
+  </si>
+  <si>
+    <t>PBN-FM/COC-007250</t>
+  </si>
+  <si>
+    <t>SCS-FM/COC-009712</t>
+  </si>
+  <si>
+    <t>SIM-143-137</t>
+  </si>
+  <si>
+    <t>SIM-143-132</t>
+  </si>
+  <si>
+    <t>SIM-143-133</t>
+  </si>
+  <si>
+    <t>SIM-143-138</t>
+  </si>
+  <si>
+    <t>SIM-143-135</t>
+  </si>
+  <si>
+    <t>SIM-143-139</t>
+  </si>
+  <si>
+    <t>SIM-143-134</t>
+  </si>
+  <si>
+    <t>SIM-143-136</t>
+  </si>
+  <si>
+    <t>ANC2501C00013441</t>
+  </si>
+  <si>
+    <t>ANC2501C00013440</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Montserrat"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <charset val="1"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDDDDD"/>
         <bgColor rgb="FFCCFFCC"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC0C0C0"/>
       <rgbColor rgb="FF808080"/>
@@ -2919,7339 +3119,7333 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J339"/>
+  <dimension ref="A1:K339"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="M12" sqref="M12"/>
+      <selection pane="bottomLeft" activeCell="J13" sqref="J13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17" style="6" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" style="6" customWidth="1"/>
     <col min="3" max="3" width="17.28515625" style="6" customWidth="1"/>
     <col min="4" max="4" width="30.5703125" style="6" customWidth="1"/>
     <col min="5" max="5" width="22.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="24.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="21.28515625" style="14" customWidth="1"/>
     <col min="8" max="8" width="21.5703125" style="14" customWidth="1"/>
     <col min="9" max="9" width="22.5703125" style="14" customWidth="1"/>
     <col min="10" max="10" width="22.7109375" style="6" customWidth="1"/>
+    <col min="11" max="11" width="11.5703125" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:11" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K1" s="15"/>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>674</v>
+        <v>625</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="3" t="s">
-        <v>675</v>
+        <v>626</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="8">
         <v>2881</v>
       </c>
       <c r="H2" s="9">
         <v>45852</v>
       </c>
       <c r="I2" s="10">
         <v>47312</v>
       </c>
       <c r="J2" s="4" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:10" x14ac:dyDescent="0.2">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>652</v>
+        <v>603</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>659</v>
+        <v>610</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="G3" s="8">
         <v>1685.9</v>
       </c>
       <c r="H3" s="9">
         <v>45824</v>
       </c>
       <c r="I3" s="10">
         <v>46919</v>
       </c>
       <c r="J3" s="4" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:10" x14ac:dyDescent="0.2">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>651</v>
+        <v>602</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>657</v>
+        <v>608</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>658</v>
+        <v>609</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>658</v>
+        <v>609</v>
       </c>
       <c r="G4" s="8">
         <v>1622.58</v>
       </c>
       <c r="H4" s="9">
         <v>45806</v>
       </c>
       <c r="I4" s="10">
         <v>47266</v>
       </c>
       <c r="J4" s="4" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" x14ac:dyDescent="0.2">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>559</v>
+        <v>510</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>575</v>
+        <v>526</v>
       </c>
       <c r="G5" s="8">
         <v>2929</v>
       </c>
       <c r="H5" s="9">
         <v>45756</v>
       </c>
       <c r="I5" s="10">
         <v>46851</v>
       </c>
       <c r="J5" s="4" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>676</v>
+        <v>627</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="8">
         <v>3260</v>
       </c>
       <c r="H6" s="9">
         <v>45700</v>
       </c>
       <c r="I6" s="10">
         <v>47160</v>
       </c>
       <c r="J6" s="4" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>524</v>
+        <v>479</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>527</v>
+        <v>482</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="8">
         <v>9180</v>
       </c>
       <c r="H7" s="9">
         <v>45700</v>
       </c>
       <c r="I7" s="10">
         <v>47160</v>
       </c>
       <c r="J7" s="4" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="8">
         <v>2877.37</v>
       </c>
       <c r="H8" s="9">
         <v>45495</v>
       </c>
       <c r="I8" s="10">
         <v>46570</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G9" s="8">
         <v>527</v>
       </c>
       <c r="H9" s="9">
         <v>45400</v>
       </c>
       <c r="I9" s="10">
         <v>46494</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G10" s="8">
         <v>976.79</v>
       </c>
       <c r="H10" s="9">
         <v>45400</v>
       </c>
       <c r="I10" s="10">
         <v>46860</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G11" s="8">
         <v>248</v>
       </c>
       <c r="H11" s="9">
         <v>45337</v>
       </c>
       <c r="I11" s="10">
         <v>46432</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G12" s="8">
         <v>2918.16</v>
       </c>
       <c r="H12" s="9">
         <v>45337</v>
       </c>
       <c r="I12" s="10">
         <v>46432</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>729</v>
+        <v>27</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>738</v>
+        <v>724</v>
       </c>
       <c r="E13" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="G13" s="8">
+        <v>8541.66</v>
+      </c>
+      <c r="H13" s="9">
+        <v>45995</v>
+      </c>
+      <c r="I13" s="10">
+        <v>47820</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>741</v>
+      </c>
+      <c r="K13" s="17"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G14" s="8">
+        <v>252970</v>
+      </c>
+      <c r="H14" s="9">
+        <v>45993</v>
+      </c>
+      <c r="I14" s="10">
+        <v>46854</v>
+      </c>
+      <c r="J14" s="4" t="s">
+        <v>742</v>
+      </c>
+      <c r="K14" s="18"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="G15" s="8">
+        <v>776.21</v>
+      </c>
+      <c r="H15" s="9">
+        <v>45993</v>
+      </c>
+      <c r="I15" s="10">
+        <v>47818</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="K15" s="18"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="E16" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" s="8">
+        <v>13817.9</v>
+      </c>
+      <c r="H16" s="9">
+        <v>45974</v>
+      </c>
+      <c r="I16" s="10">
+        <v>47799</v>
+      </c>
+      <c r="J16" s="4" t="s">
+        <v>744</v>
+      </c>
+      <c r="K16" s="18"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" s="3" t="s">
         <v>46</v>
-      </c>
-[...24 lines deleted...]
-        <v>697</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>46</v>
       </c>
       <c r="G17" s="8">
-        <v>864.87</v>
+        <v>1180.2</v>
       </c>
       <c r="H17" s="9">
-        <v>45874</v>
+        <v>45972</v>
       </c>
       <c r="I17" s="10">
-        <v>47691</v>
+        <v>47797</v>
       </c>
       <c r="J17" s="4" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+        <v>745</v>
+      </c>
+      <c r="K17" s="18"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>51</v>
+        <v>716</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>52</v>
+        <v>727</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>53</v>
+        <v>189</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>54</v>
+        <v>737</v>
       </c>
       <c r="G18" s="8">
-        <v>4704.67</v>
+        <v>3273.04</v>
       </c>
       <c r="H18" s="9">
-        <v>45856</v>
+        <v>45960</v>
       </c>
       <c r="I18" s="10">
-        <v>47366</v>
+        <v>47785</v>
       </c>
       <c r="J18" s="4" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+        <v>746</v>
+      </c>
+      <c r="K18" s="18"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>653</v>
+        <v>680</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>660</v>
+        <v>688</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>661</v>
+        <v>14</v>
       </c>
       <c r="G19" s="8">
-        <v>1351.27</v>
+        <v>3701.73</v>
       </c>
       <c r="H19" s="9">
-        <v>45834</v>
+        <v>45932</v>
       </c>
       <c r="I19" s="10">
-        <v>47659</v>
+        <v>47757</v>
       </c>
       <c r="J19" s="4" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+        <v>704</v>
+      </c>
+      <c r="K19" s="18"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>654</v>
+        <v>681</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>662</v>
+        <v>689</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>662</v>
+        <v>65</v>
       </c>
       <c r="G20" s="8">
-        <v>3799.98</v>
+        <v>749.3</v>
       </c>
       <c r="H20" s="9">
-        <v>45833</v>
+        <v>45931</v>
       </c>
       <c r="I20" s="10">
-        <v>47658</v>
+        <v>47756</v>
       </c>
       <c r="J20" s="4" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+        <v>705</v>
+      </c>
+      <c r="K20" s="17"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>655</v>
+        <v>239</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>731</v>
+        <v>42</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>663</v>
+        <v>690</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>664</v>
+        <v>701</v>
       </c>
       <c r="G21" s="8">
+        <v>4669.92</v>
+      </c>
+      <c r="H21" s="9">
+        <v>45930</v>
+      </c>
+      <c r="I21" s="10">
+        <v>47756</v>
+      </c>
+      <c r="J21" s="4" t="s">
+        <v>645</v>
+      </c>
+      <c r="K21" s="17"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A22" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" s="8">
+        <v>1136.42</v>
+      </c>
+      <c r="H22" s="9">
+        <v>45907</v>
+      </c>
+      <c r="I22" s="10">
+        <v>47732</v>
+      </c>
+      <c r="J22" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="K22" s="18"/>
+    </row>
+    <row r="23" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="8">
+        <v>864.87</v>
+      </c>
+      <c r="H23" s="9">
+        <v>45874</v>
+      </c>
+      <c r="I23" s="10">
+        <v>47691</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>649</v>
+      </c>
+      <c r="K23" s="17"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A24" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G24" s="8">
+        <v>4704.67</v>
+      </c>
+      <c r="H24" s="9">
+        <v>45856</v>
+      </c>
+      <c r="I24" s="10">
+        <v>47366</v>
+      </c>
+      <c r="J24" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="K24" s="18"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A25" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G25" s="8">
+        <v>1351.27</v>
+      </c>
+      <c r="H25" s="9">
+        <v>45834</v>
+      </c>
+      <c r="I25" s="10">
+        <v>47659</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="K25" s="18"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A26" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G26" s="8">
+        <v>3799.98</v>
+      </c>
+      <c r="H26" s="9">
+        <v>45833</v>
+      </c>
+      <c r="I26" s="10">
+        <v>47658</v>
+      </c>
+      <c r="J26" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="K26" s="18"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A27" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="G27" s="8">
         <v>19867.43</v>
       </c>
-      <c r="H21" s="9">
+      <c r="H27" s="9">
         <v>45824</v>
       </c>
-      <c r="I21" s="10">
+      <c r="I27" s="10">
         <v>47649</v>
       </c>
-      <c r="J21" s="4" t="s">
-[...22 lines deleted...]
-      <c r="G22" s="8">
+      <c r="J27" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="K27" s="18"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A28" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G28" s="8">
         <v>261.85000000000002</v>
       </c>
-      <c r="H22" s="9">
+      <c r="H28" s="9">
         <v>45797</v>
       </c>
-      <c r="I22" s="10">
+      <c r="I28" s="10">
         <v>47622</v>
       </c>
-      <c r="J22" s="4" t="s">
-[...16 lines deleted...]
-      <c r="E23" s="6" t="s">
+      <c r="J28" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="K28" s="18"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A29" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="E29" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="F23" s="3" t="s">
+      <c r="F29" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="G23" s="8">
+      <c r="G29" s="8">
         <v>12742.83</v>
       </c>
-      <c r="H23" s="9">
+      <c r="H29" s="9">
         <v>45779</v>
       </c>
-      <c r="I23" s="10">
+      <c r="I29" s="10">
         <v>47604</v>
       </c>
-      <c r="J23" s="4" t="s">
-[...16 lines deleted...]
-      <c r="E24" s="6" t="s">
+      <c r="J29" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="K29" s="18"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A30" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="E30" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F24" s="3" t="s">
+      <c r="F30" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="G24" s="8">
+      <c r="G30" s="8">
         <v>7037.64</v>
       </c>
-      <c r="H24" s="9">
+      <c r="H30" s="9">
         <v>45779</v>
       </c>
-      <c r="I24" s="10">
+      <c r="I30" s="10">
         <v>47596</v>
       </c>
-      <c r="J24" s="4" t="s">
-[...16 lines deleted...]
-      <c r="E25" s="6" t="s">
+      <c r="J30" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="K30" s="18"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A31" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="F25" s="3" t="s">
+      <c r="F31" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="G25" s="8">
+      <c r="G31" s="8">
         <v>7831.12</v>
       </c>
-      <c r="H25" s="9">
+      <c r="H31" s="9">
         <v>45770</v>
       </c>
-      <c r="I25" s="10">
+      <c r="I31" s="10">
         <v>47595</v>
       </c>
-      <c r="J25" s="4" t="s">
-[...16 lines deleted...]
-      <c r="E26" s="6" t="s">
+      <c r="J31" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="K31" s="18"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A32" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="E32" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F26" s="3" t="s">
+      <c r="F32" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G26" s="8">
+      <c r="G32" s="8">
         <v>4721.08</v>
       </c>
-      <c r="H26" s="9">
+      <c r="H32" s="9">
         <v>45770</v>
       </c>
-      <c r="I26" s="10">
+      <c r="I32" s="10">
         <v>47595</v>
       </c>
-      <c r="J26" s="4" t="s">
-[...16 lines deleted...]
-      <c r="E27" s="6" t="s">
+      <c r="J32" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="K32" s="18"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A33" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="E33" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="F27" s="3" t="s">
+      <c r="F33" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="G27" s="8">
+      <c r="G33" s="8">
         <v>7924.3</v>
       </c>
-      <c r="H27" s="9">
+      <c r="H33" s="9">
         <v>45756</v>
       </c>
-      <c r="I27" s="10">
+      <c r="I33" s="10">
         <v>47581</v>
       </c>
-      <c r="J27" s="4" t="s">
-[...7 lines deleted...]
-      <c r="B28" s="3" t="s">
+      <c r="J33" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="K33" s="18"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A34" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C28" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G28" s="8">
+      <c r="C34" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="G34" s="8">
         <v>84605.17</v>
       </c>
-      <c r="H28" s="9">
+      <c r="H34" s="9">
         <v>45748</v>
       </c>
-      <c r="I28" s="10">
+      <c r="I34" s="10">
         <v>47573</v>
       </c>
-      <c r="J28" s="4" t="s">
-[...16 lines deleted...]
-      <c r="E29" s="6" t="s">
+      <c r="J34" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="K34" s="18"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A35" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F29" s="3" t="s">
+      <c r="F35" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="G29" s="8">
+      <c r="G35" s="8">
         <v>9880.42</v>
       </c>
-      <c r="H29" s="9">
+      <c r="H35" s="9">
         <v>45740</v>
       </c>
-      <c r="I29" s="10">
+      <c r="I35" s="10">
         <v>47565</v>
       </c>
-      <c r="J29" s="4" t="s">
-[...7 lines deleted...]
-      <c r="B30" s="3" t="s">
+      <c r="J35" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="K35" s="18"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A36" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G36" s="8">
+        <v>9922.52</v>
+      </c>
+      <c r="H36" s="9">
+        <v>45728</v>
+      </c>
+      <c r="I36" s="10">
+        <v>47553</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>652</v>
+      </c>
+      <c r="K36" s="18"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A37" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...37 lines deleted...]
-      <c r="E31" s="6" t="s">
+      <c r="C37" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G37" s="8">
+        <v>3678.98</v>
+      </c>
+      <c r="H37" s="9">
+        <v>45714</v>
+      </c>
+      <c r="I37" s="10">
+        <v>47539</v>
+      </c>
+      <c r="J37" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="K37" s="18"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A38" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="G38" s="8">
+        <v>1740.37</v>
+      </c>
+      <c r="H38" s="9">
+        <v>45705</v>
+      </c>
+      <c r="I38" s="10">
+        <v>47530</v>
+      </c>
+      <c r="J38" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="K38" s="17"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A39" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F31" s="3" t="s">
+      <c r="F39" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G31" s="8">
-[...16 lines deleted...]
-      <c r="B32" s="3" t="s">
+      <c r="G39" s="8">
+        <v>2898.4</v>
+      </c>
+      <c r="H39" s="9">
+        <v>45705</v>
+      </c>
+      <c r="I39" s="10">
+        <v>47530</v>
+      </c>
+      <c r="J39" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="K39" s="18"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A40" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="6" t="s">
+      <c r="C40" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="E40" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...19 lines deleted...]
-      <c r="B33" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="G40" s="8">
+        <v>4493.38</v>
+      </c>
+      <c r="H40" s="9">
+        <v>45693</v>
+      </c>
+      <c r="I40" s="10">
+        <v>47518</v>
+      </c>
+      <c r="J40" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="K40" s="18"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A41" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C33" s="3" t="s">
-[...37 lines deleted...]
-      <c r="E34" s="6" t="s">
+      <c r="C41" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G41" s="8">
+        <v>108393.33</v>
+      </c>
+      <c r="H41" s="9">
+        <v>45680</v>
+      </c>
+      <c r="I41" s="10">
+        <v>47505</v>
+      </c>
+      <c r="J41" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="K41" s="18"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A42" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="E42" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...92 lines deleted...]
-      <c r="E37" s="6" t="s">
+      <c r="F42" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G42" s="8">
+        <v>8708.11</v>
+      </c>
+      <c r="H42" s="9">
+        <v>45677</v>
+      </c>
+      <c r="I42" s="10">
+        <v>47502</v>
+      </c>
+      <c r="J42" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="K42" s="18"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A43" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F37" s="3" t="s">
+      <c r="F43" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="G37" s="8">
-[...2 lines deleted...]
-      <c r="H37" s="9">
+      <c r="G43" s="8">
+        <v>11903.55</v>
+      </c>
+      <c r="H43" s="9">
         <v>45677</v>
       </c>
-      <c r="I37" s="10">
+      <c r="I43" s="10">
         <v>47502</v>
       </c>
-      <c r="J37" s="4" t="s">
-[...190 lines deleted...]
-      </c>
       <c r="J43" s="4" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
+        <v>707</v>
+      </c>
+      <c r="K43" s="17"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>489</v>
+        <v>452</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>492</v>
+        <v>462</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>752</v>
+        <v>88</v>
       </c>
       <c r="G44" s="8">
-        <v>10748.25</v>
+        <v>13303.8</v>
       </c>
       <c r="H44" s="9">
-        <v>45600</v>
+        <v>45645</v>
       </c>
       <c r="I44" s="10">
-        <v>47425</v>
+        <v>47470</v>
       </c>
       <c r="J44" s="4" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G45" s="8">
+        <v>7352</v>
+      </c>
+      <c r="H45" s="9">
+        <v>45636</v>
+      </c>
+      <c r="I45" s="10">
+        <v>47461</v>
+      </c>
+      <c r="J45" s="4" t="s">
         <v>474</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...24 lines deleted...]
-    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B46" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G46" s="8">
+        <v>13977.7</v>
+      </c>
+      <c r="H46" s="9">
+        <v>45635</v>
+      </c>
+      <c r="I46" s="10">
+        <v>47460</v>
+      </c>
+      <c r="J46" s="4" t="s">
         <v>475</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="6" t="s">
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A47" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="E47" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>512</v>
+        <v>465</v>
       </c>
       <c r="G47" s="8">
-        <v>6824.95</v>
+        <v>10441.879999999999</v>
       </c>
       <c r="H47" s="9">
-        <v>45586</v>
+        <v>45614</v>
       </c>
       <c r="I47" s="10">
-        <v>47411</v>
+        <v>47439</v>
       </c>
       <c r="J47" s="4" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>481</v>
+        <v>448</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="G48" s="8">
-        <v>2307.61</v>
+        <v>7810.91</v>
       </c>
       <c r="H48" s="9">
-        <v>45569</v>
+        <v>45609</v>
       </c>
       <c r="I48" s="10">
-        <v>47394</v>
+        <v>47403</v>
       </c>
       <c r="J48" s="4" t="s">
-        <v>704</v>
+        <v>565</v>
       </c>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>477</v>
+        <v>444</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>482</v>
+        <v>447</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>76</v>
+        <v>702</v>
       </c>
       <c r="G49" s="8">
-        <v>22251.35</v>
+        <v>10748.25</v>
       </c>
       <c r="H49" s="9">
-        <v>45569</v>
+        <v>45600</v>
       </c>
       <c r="I49" s="10">
-        <v>47394</v>
+        <v>47425</v>
       </c>
       <c r="J49" s="4" t="s">
-        <v>703</v>
+        <v>566</v>
       </c>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>478</v>
+        <v>429</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>483</v>
+        <v>434</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>39</v>
+        <v>188</v>
       </c>
       <c r="G50" s="8">
-        <v>11328.45</v>
+        <v>838.91</v>
       </c>
       <c r="H50" s="9">
-        <v>45569</v>
+        <v>45596</v>
       </c>
       <c r="I50" s="10">
-        <v>47394</v>
+        <v>47421</v>
       </c>
       <c r="J50" s="4" t="s">
-        <v>485</v>
+        <v>653</v>
       </c>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>41</v>
+        <v>430</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>43</v>
+        <v>435</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="G51" s="8">
-        <v>63636.2</v>
+        <v>11544.32</v>
       </c>
       <c r="H51" s="9">
-        <v>45559</v>
+        <v>45588</v>
       </c>
       <c r="I51" s="10">
-        <v>47384</v>
+        <v>47413</v>
       </c>
       <c r="J51" s="4" t="s">
-        <v>616</v>
+        <v>439</v>
       </c>
     </row>
     <row r="52" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>733</v>
+        <v>456</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>743</v>
+        <v>466</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>46</v>
+        <v>467</v>
       </c>
       <c r="G52" s="8">
-        <v>814.87</v>
+        <v>6824.95</v>
       </c>
       <c r="H52" s="9">
-        <v>45559</v>
+        <v>45586</v>
       </c>
       <c r="I52" s="10">
-        <v>47364</v>
+        <v>47411</v>
       </c>
       <c r="J52" s="4" t="s">
-        <v>759</v>
+        <v>476</v>
       </c>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>47</v>
+        <v>431</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>48</v>
+        <v>436</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G53" s="8">
-        <v>7383.29</v>
+        <v>2307.61</v>
       </c>
       <c r="H53" s="9">
-        <v>45554</v>
+        <v>45569</v>
       </c>
       <c r="I53" s="10">
-        <v>47379</v>
+        <v>47394</v>
       </c>
       <c r="J53" s="4" t="s">
-        <v>705</v>
+        <v>655</v>
       </c>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>49</v>
+        <v>432</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>50</v>
+        <v>437</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G54" s="8">
-        <v>7921.25</v>
+        <v>22251.35</v>
       </c>
       <c r="H54" s="9">
-        <v>45541</v>
+        <v>45569</v>
       </c>
       <c r="I54" s="10">
-        <v>47366</v>
+        <v>47394</v>
       </c>
       <c r="J54" s="4" t="s">
-        <v>706</v>
+        <v>654</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>27</v>
+        <v>433</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>543</v>
+        <v>12</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>56</v>
+        <v>438</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G55" s="8">
-        <v>28042.92</v>
+        <v>11328.45</v>
       </c>
       <c r="H55" s="9">
-        <v>45541</v>
+        <v>45569</v>
       </c>
       <c r="I55" s="10">
-        <v>47366</v>
+        <v>47394</v>
       </c>
       <c r="J55" s="4" t="s">
-        <v>58</v>
+        <v>440</v>
       </c>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="G56" s="8">
-        <v>45026.06</v>
+        <v>63636.2</v>
       </c>
       <c r="H56" s="9">
-        <v>45523</v>
+        <v>45559</v>
       </c>
       <c r="I56" s="10">
-        <v>47348</v>
+        <v>47384</v>
       </c>
       <c r="J56" s="4" t="s">
-        <v>707</v>
+        <v>567</v>
       </c>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>63</v>
+        <v>683</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>64</v>
+        <v>693</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="G57" s="8">
-        <v>2016.63</v>
+        <v>814.87</v>
       </c>
       <c r="H57" s="9">
-        <v>45510</v>
+        <v>45559</v>
       </c>
       <c r="I57" s="10">
-        <v>47335</v>
+        <v>47364</v>
       </c>
       <c r="J57" s="4" t="s">
-        <v>617</v>
+        <v>708</v>
       </c>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>502</v>
+        <v>47</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>513</v>
+        <v>48</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G58" s="8">
-        <v>4393.72</v>
+        <v>7383.29</v>
       </c>
       <c r="H58" s="9">
-        <v>45491</v>
+        <v>45554</v>
       </c>
       <c r="I58" s="10">
-        <v>47316</v>
+        <v>47379</v>
       </c>
       <c r="J58" s="4" t="s">
-        <v>708</v>
+        <v>656</v>
       </c>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="G59" s="8">
-        <v>40309.050000000003</v>
+        <v>7921.25</v>
       </c>
       <c r="H59" s="9">
-        <v>45454</v>
+        <v>45541</v>
       </c>
       <c r="I59" s="10">
-        <v>47279</v>
+        <v>47366</v>
       </c>
       <c r="J59" s="4" t="s">
-        <v>618</v>
+        <v>657</v>
       </c>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>28</v>
+        <v>498</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>682</v>
+        <v>56</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="G60" s="8">
-        <v>745.05</v>
+        <v>28042.92</v>
       </c>
       <c r="H60" s="9">
-        <v>45442</v>
+        <v>45541</v>
       </c>
       <c r="I60" s="10">
-        <v>47267</v>
+        <v>47366</v>
       </c>
       <c r="J60" s="4" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="G61" s="8">
-        <v>10338.73</v>
+        <v>45026.06</v>
       </c>
       <c r="H61" s="9">
-        <v>45401</v>
+        <v>45523</v>
       </c>
       <c r="I61" s="10">
-        <v>47226</v>
+        <v>47348</v>
       </c>
       <c r="J61" s="4" t="s">
-        <v>486</v>
+        <v>658</v>
       </c>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>709</v>
+        <v>63</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="G62" s="8">
-        <v>11040.08</v>
+        <v>2016.63</v>
       </c>
       <c r="H62" s="9">
-        <v>45386</v>
+        <v>45510</v>
       </c>
       <c r="I62" s="10">
-        <v>47211</v>
+        <v>47335</v>
       </c>
       <c r="J62" s="4" t="s">
-        <v>619</v>
+        <v>568</v>
       </c>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>734</v>
+        <v>457</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>744</v>
+        <v>468</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>753</v>
+        <v>39</v>
       </c>
       <c r="G63" s="8">
-        <v>4600</v>
+        <v>4393.72</v>
       </c>
       <c r="H63" s="9">
-        <v>45385</v>
+        <v>45491</v>
       </c>
       <c r="I63" s="10">
-        <v>47210</v>
+        <v>47316</v>
       </c>
       <c r="J63" s="4" t="s">
-        <v>760</v>
+        <v>659</v>
       </c>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="G64" s="8">
-        <v>4809.8100000000004</v>
+        <v>40309.050000000003</v>
       </c>
       <c r="H64" s="9">
-        <v>45376</v>
+        <v>45454</v>
       </c>
       <c r="I64" s="10">
-        <v>47201</v>
+        <v>47279</v>
       </c>
       <c r="J64" s="4" t="s">
-        <v>620</v>
+        <v>569</v>
       </c>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>81</v>
+        <v>633</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="G65" s="8">
-        <v>21158.1</v>
+        <v>745.05</v>
       </c>
       <c r="H65" s="9">
-        <v>45358</v>
+        <v>45442</v>
       </c>
       <c r="I65" s="10">
-        <v>47183</v>
+        <v>47267</v>
       </c>
       <c r="J65" s="4" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="G66" s="8">
-        <v>424.07</v>
+        <v>10338.73</v>
       </c>
       <c r="H66" s="9">
-        <v>45351</v>
+        <v>45401</v>
       </c>
       <c r="I66" s="10">
-        <v>47177</v>
+        <v>47226</v>
       </c>
       <c r="J66" s="4" t="s">
-        <v>85</v>
+        <v>441</v>
       </c>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>86</v>
+        <v>660</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="G67" s="8">
-        <v>849.24</v>
+        <v>11040.08</v>
       </c>
       <c r="H67" s="9">
-        <v>45350</v>
+        <v>45386</v>
       </c>
       <c r="I67" s="10">
-        <v>47176</v>
+        <v>47211</v>
       </c>
       <c r="J67" s="4" t="s">
-        <v>710</v>
+        <v>570</v>
       </c>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>735</v>
+        <v>684</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>745</v>
+        <v>694</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>88</v>
+        <v>703</v>
       </c>
       <c r="G68" s="8">
-        <v>22504</v>
+        <v>4600</v>
       </c>
       <c r="H68" s="9">
-        <v>45349</v>
+        <v>45385</v>
       </c>
       <c r="I68" s="10">
-        <v>47175</v>
+        <v>47210</v>
       </c>
       <c r="J68" s="4" t="s">
-        <v>761</v>
+        <v>709</v>
       </c>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>543</v>
+        <v>12</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="G69" s="8">
-        <v>15481.27</v>
+        <v>4809.8100000000004</v>
       </c>
       <c r="H69" s="9">
-        <v>45328</v>
+        <v>45376</v>
       </c>
       <c r="I69" s="10">
-        <v>47154</v>
+        <v>47201</v>
       </c>
       <c r="J69" s="4" t="s">
-        <v>92</v>
+        <v>571</v>
       </c>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>543</v>
+        <v>12</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="G70" s="8">
-        <v>8948.4599999999991</v>
+        <v>21158.1</v>
       </c>
       <c r="H70" s="9">
-        <v>45323</v>
+        <v>45358</v>
       </c>
       <c r="I70" s="10">
-        <v>47149</v>
+        <v>47183</v>
       </c>
       <c r="J70" s="4" t="s">
-        <v>711</v>
+        <v>82</v>
       </c>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>96</v>
+        <v>46</v>
       </c>
       <c r="G71" s="8">
-        <v>16559.060000000001</v>
+        <v>424.07</v>
       </c>
       <c r="H71" s="9">
-        <v>45315</v>
+        <v>45351</v>
       </c>
       <c r="I71" s="10">
-        <v>47141</v>
+        <v>47177</v>
       </c>
       <c r="J71" s="4" t="s">
-        <v>621</v>
+        <v>85</v>
       </c>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="G72" s="8">
-        <v>5500.31</v>
+        <v>849.24</v>
       </c>
       <c r="H72" s="9">
-        <v>45313</v>
+        <v>45350</v>
       </c>
       <c r="I72" s="10">
-        <v>47139</v>
+        <v>47176</v>
       </c>
       <c r="J72" s="4" t="s">
-        <v>712</v>
+        <v>661</v>
       </c>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>100</v>
+        <v>685</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>101</v>
+        <v>695</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="G73" s="8">
-        <v>5154.3500000000004</v>
+        <v>22504</v>
       </c>
       <c r="H73" s="9">
-        <v>45301</v>
+        <v>45349</v>
       </c>
       <c r="I73" s="10">
-        <v>47127</v>
+        <v>47175</v>
       </c>
       <c r="J73" s="4" t="s">
-        <v>102</v>
+        <v>710</v>
       </c>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>12</v>
+        <v>498</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="G74" s="8">
-        <v>5260.79</v>
+        <v>15481.27</v>
       </c>
       <c r="H74" s="9">
-        <v>45295</v>
+        <v>45328</v>
       </c>
       <c r="I74" s="10">
-        <v>47121</v>
+        <v>47154</v>
       </c>
       <c r="J74" s="4" t="s">
-        <v>713</v>
+        <v>92</v>
       </c>
     </row>
     <row r="75" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>543</v>
+        <v>498</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>665</v>
+        <v>93</v>
       </c>
       <c r="E75" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>666</v>
+        <v>94</v>
       </c>
       <c r="G75" s="8">
-        <v>5831.04</v>
+        <v>8948.4599999999991</v>
       </c>
       <c r="H75" s="9">
-        <v>45293</v>
+        <v>45323</v>
       </c>
       <c r="I75" s="10">
-        <v>47119</v>
+        <v>47149</v>
       </c>
       <c r="J75" s="4" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
     </row>
     <row r="76" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="G76" s="8">
-        <v>2532.0500000000002</v>
+        <v>16559.060000000001</v>
       </c>
       <c r="H76" s="9">
-        <v>45264</v>
+        <v>45315</v>
       </c>
       <c r="I76" s="10">
-        <v>47090</v>
+        <v>47141</v>
       </c>
       <c r="J76" s="4" t="s">
-        <v>109</v>
+        <v>572</v>
       </c>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="E77" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>99</v>
       </c>
       <c r="G77" s="8">
-        <v>42480.83</v>
+        <v>5500.31</v>
       </c>
       <c r="H77" s="9">
-        <v>45254</v>
+        <v>45313</v>
       </c>
       <c r="I77" s="10">
-        <v>47080</v>
+        <v>47139</v>
       </c>
       <c r="J77" s="4" t="s">
-        <v>112</v>
+        <v>663</v>
       </c>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>99</v>
+        <v>44</v>
       </c>
       <c r="G78" s="8">
-        <v>13996.15</v>
+        <v>5154.3500000000004</v>
       </c>
       <c r="H78" s="9">
-        <v>45252</v>
+        <v>45301</v>
       </c>
       <c r="I78" s="10">
-        <v>47078</v>
+        <v>47127</v>
       </c>
       <c r="J78" s="4" t="s">
-        <v>714</v>
+        <v>102</v>
       </c>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="G79" s="8">
-        <v>4472</v>
+        <v>5260.79</v>
       </c>
       <c r="H79" s="9">
-        <v>45246</v>
+        <v>45295</v>
       </c>
       <c r="I79" s="10">
-        <v>47072</v>
+        <v>47121</v>
       </c>
       <c r="J79" s="4" t="s">
-        <v>117</v>
+        <v>664</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B80" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="G80" s="8">
+        <v>5831.04</v>
+      </c>
+      <c r="H80" s="9">
+        <v>45293</v>
+      </c>
+      <c r="I80" s="10">
+        <v>47119</v>
+      </c>
+      <c r="J80" s="4" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A81" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G81" s="8">
+        <v>2532.0500000000002</v>
+      </c>
+      <c r="H81" s="9">
+        <v>45264</v>
+      </c>
+      <c r="I81" s="10">
+        <v>47090</v>
+      </c>
+      <c r="J81" s="4" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A82" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G82" s="8">
+        <v>42480.83</v>
+      </c>
+      <c r="H82" s="9">
+        <v>45254</v>
+      </c>
+      <c r="I82" s="10">
+        <v>47080</v>
+      </c>
+      <c r="J82" s="4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A83" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G83" s="8">
+        <v>13996.15</v>
+      </c>
+      <c r="H83" s="9">
+        <v>45252</v>
+      </c>
+      <c r="I83" s="10">
+        <v>47078</v>
+      </c>
+      <c r="J83" s="4" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A84" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G84" s="8">
+        <v>4472</v>
+      </c>
+      <c r="H84" s="9">
+        <v>45246</v>
+      </c>
+      <c r="I84" s="10">
+        <v>47072</v>
+      </c>
+      <c r="J84" s="4" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A85" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C80" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D80" s="6" t="s">
+      <c r="C85" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D85" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="E80" s="6" t="s">
+      <c r="E85" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F80" s="3" t="s">
+      <c r="F85" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="G80" s="8">
+      <c r="G85" s="8">
         <v>19047.82</v>
       </c>
-      <c r="H80" s="9">
+      <c r="H85" s="9">
         <v>45238</v>
       </c>
-      <c r="I80" s="10">
+      <c r="I85" s="10">
         <v>47064</v>
       </c>
-      <c r="J80" s="4" t="s">
-[...7 lines deleted...]
-      <c r="B81" s="3" t="s">
+      <c r="J85" s="4" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A86" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C81" s="3" t="s">
+      <c r="C86" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D81" s="6" t="s">
+      <c r="D86" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="E81" s="6" t="s">
+      <c r="E86" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F81" s="3" t="s">
+      <c r="F86" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="G81" s="8">
+      <c r="G86" s="8">
         <v>4691.07</v>
       </c>
-      <c r="H81" s="9">
+      <c r="H86" s="9">
         <v>45217</v>
       </c>
-      <c r="I81" s="10">
+      <c r="I86" s="10">
         <v>47043</v>
       </c>
-      <c r="J81" s="4" t="s">
-[...158 lines deleted...]
-      </c>
       <c r="J86" s="4" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" x14ac:dyDescent="0.2">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>55</v>
+        <v>498</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>677</v>
+        <v>121</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>678</v>
+        <v>122</v>
       </c>
       <c r="G87" s="8">
-        <v>5260.86</v>
+        <v>12673.41</v>
       </c>
       <c r="H87" s="9">
-        <v>45161</v>
+        <v>45208</v>
       </c>
       <c r="I87" s="10">
-        <v>46987</v>
+        <v>47034</v>
       </c>
       <c r="J87" s="4" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" x14ac:dyDescent="0.2">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>135</v>
+        <v>61</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>136</v>
+        <v>79</v>
       </c>
       <c r="G88" s="8">
-        <v>32437</v>
+        <v>15713.33</v>
       </c>
       <c r="H88" s="9">
-        <v>45156</v>
+        <v>45196</v>
       </c>
       <c r="I88" s="10">
-        <v>46982</v>
+        <v>47022</v>
       </c>
       <c r="J88" s="4" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" x14ac:dyDescent="0.2">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="G89" s="8">
-        <v>7335.64</v>
+        <v>8668.56</v>
       </c>
       <c r="H89" s="9">
-        <v>45154</v>
+        <v>45190</v>
       </c>
       <c r="I89" s="10">
-        <v>46980</v>
+        <v>47016</v>
       </c>
       <c r="J89" s="4" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" x14ac:dyDescent="0.2">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="E90" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G90" s="8">
+        <v>17036.32</v>
+      </c>
+      <c r="H90" s="9">
+        <v>45181</v>
+      </c>
+      <c r="I90" s="10">
+        <v>47007</v>
+      </c>
+      <c r="J90" s="4" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A91" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G91" s="8">
+        <v>1661.35</v>
+      </c>
+      <c r="H91" s="9">
+        <v>45167</v>
+      </c>
+      <c r="I91" s="10">
+        <v>46993</v>
+      </c>
+      <c r="J91" s="4" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A92" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="E92" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...62 lines deleted...]
-      </c>
       <c r="F92" s="3" t="s">
-        <v>39</v>
+        <v>629</v>
       </c>
       <c r="G92" s="8">
-        <v>7411.44</v>
+        <v>5260.86</v>
       </c>
       <c r="H92" s="9">
-        <v>45114</v>
+        <v>45161</v>
       </c>
       <c r="I92" s="10">
-        <v>46940</v>
+        <v>46987</v>
       </c>
       <c r="J92" s="4" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" x14ac:dyDescent="0.2">
+        <v>711</v>
+      </c>
+      <c r="K92" s="17"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="G93" s="8">
-        <v>19181.55</v>
+        <v>32437</v>
       </c>
       <c r="H93" s="9">
-        <v>45112</v>
+        <v>45156</v>
       </c>
       <c r="I93" s="10">
-        <v>46938</v>
+        <v>46982</v>
       </c>
       <c r="J93" s="4" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" x14ac:dyDescent="0.2">
+        <v>576</v>
+      </c>
+      <c r="K93" s="18"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>543</v>
+        <v>55</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>544</v>
+        <v>137</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="G94" s="8">
-        <v>54858.2</v>
+        <v>7335.64</v>
       </c>
       <c r="H94" s="9">
-        <v>45078</v>
+        <v>45154</v>
       </c>
       <c r="I94" s="10">
-        <v>46904</v>
+        <v>46980</v>
       </c>
       <c r="J94" s="4" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" x14ac:dyDescent="0.2">
+        <v>577</v>
+      </c>
+      <c r="K94" s="18"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>151</v>
+        <v>30</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>152</v>
+        <v>108</v>
       </c>
       <c r="G95" s="8">
-        <v>3214</v>
+        <v>3597.25</v>
       </c>
       <c r="H95" s="9">
-        <v>45078</v>
+        <v>45142</v>
       </c>
       <c r="I95" s="10">
-        <v>46904</v>
+        <v>46968</v>
       </c>
       <c r="J95" s="4" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+      <c r="K95" s="18"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>153</v>
+        <v>696</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="G96" s="8">
-        <v>15211.67</v>
+        <v>4246.2299999999996</v>
       </c>
       <c r="H96" s="9">
-        <v>45034</v>
+        <v>45142</v>
       </c>
       <c r="I96" s="10">
-        <v>46860</v>
+        <v>46968</v>
       </c>
       <c r="J96" s="4" t="s">
-        <v>154</v>
-      </c>
+        <v>712</v>
+      </c>
+      <c r="K96" s="17"/>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="G97" s="8">
-        <v>252970</v>
+        <v>7411.44</v>
       </c>
       <c r="H97" s="9">
-        <v>45028</v>
+        <v>45114</v>
       </c>
       <c r="I97" s="10">
-        <v>46854</v>
+        <v>46940</v>
       </c>
       <c r="J97" s="4" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>39</v>
+        <v>145</v>
       </c>
       <c r="G98" s="8">
-        <v>145346.53</v>
+        <v>19181.55</v>
       </c>
       <c r="H98" s="9">
-        <v>45009</v>
+        <v>45112</v>
       </c>
       <c r="I98" s="10">
-        <v>46835</v>
+        <v>46938</v>
       </c>
       <c r="J98" s="4" t="s">
-        <v>716</v>
+        <v>146</v>
       </c>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>42</v>
+        <v>498</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>161</v>
+        <v>499</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>53</v>
+        <v>135</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="G99" s="8">
-        <v>10504</v>
+        <v>54858.2</v>
       </c>
       <c r="H99" s="9">
-        <v>44992</v>
+        <v>45078</v>
       </c>
       <c r="I99" s="10">
-        <v>46818</v>
+        <v>46904</v>
       </c>
       <c r="J99" s="4" t="s">
-        <v>162</v>
+        <v>148</v>
       </c>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>99</v>
+        <v>152</v>
       </c>
       <c r="G100" s="8">
-        <v>4800.7299999999996</v>
+        <v>3214</v>
       </c>
       <c r="H100" s="9">
-        <v>44901</v>
+        <v>45078</v>
       </c>
       <c r="I100" s="10">
-        <v>46726</v>
+        <v>46904</v>
       </c>
       <c r="J100" s="4" t="s">
-        <v>717</v>
+        <v>578</v>
       </c>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>543</v>
+        <v>28</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>679</v>
+        <v>153</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>135</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>552</v>
+        <v>15</v>
       </c>
       <c r="G101" s="8">
-        <v>74426.100000000006</v>
+        <v>15211.67</v>
       </c>
       <c r="H101" s="9">
-        <v>44896</v>
+        <v>45034</v>
       </c>
       <c r="I101" s="10">
-        <v>46721</v>
+        <v>46860</v>
       </c>
       <c r="J101" s="4" t="s">
-        <v>558</v>
+        <v>154</v>
       </c>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="G102" s="8">
-        <v>829.87</v>
+        <v>145346.53</v>
       </c>
       <c r="H102" s="9">
-        <v>44887</v>
+        <v>45009</v>
       </c>
       <c r="I102" s="10">
-        <v>46712</v>
+        <v>46835</v>
       </c>
       <c r="J102" s="4" t="s">
-        <v>628</v>
+        <v>667</v>
       </c>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="E103" s="6" t="s">
-        <v>135</v>
+        <v>53</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>136</v>
+        <v>160</v>
       </c>
       <c r="G103" s="8">
-        <v>32953</v>
+        <v>10504</v>
       </c>
       <c r="H103" s="9">
-        <v>44882</v>
+        <v>44992</v>
       </c>
       <c r="I103" s="10">
-        <v>46707</v>
+        <v>46818</v>
       </c>
       <c r="J103" s="4" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="E104" s="6" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="G104" s="8">
-        <v>1646.03</v>
+        <v>4800.7299999999996</v>
       </c>
       <c r="H104" s="9">
-        <v>44872</v>
+        <v>44901</v>
       </c>
       <c r="I104" s="10">
-        <v>46697</v>
+        <v>46726</v>
       </c>
       <c r="J104" s="4" t="s">
-        <v>174</v>
+        <v>668</v>
       </c>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>12</v>
+        <v>498</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>176</v>
+        <v>630</v>
       </c>
       <c r="E105" s="6" t="s">
-        <v>45</v>
+        <v>135</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>177</v>
+        <v>504</v>
       </c>
       <c r="G105" s="8">
-        <v>1668.13</v>
+        <v>74426.100000000006</v>
       </c>
       <c r="H105" s="9">
-        <v>44841</v>
+        <v>44896</v>
       </c>
       <c r="I105" s="10">
-        <v>46666</v>
+        <v>46721</v>
       </c>
       <c r="J105" s="4" t="s">
-        <v>629</v>
+        <v>509</v>
       </c>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="E106" s="6" t="s">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>108</v>
+        <v>167</v>
       </c>
       <c r="G106" s="8">
-        <v>74</v>
+        <v>829.87</v>
       </c>
       <c r="H106" s="9">
-        <v>44840</v>
+        <v>44887</v>
       </c>
       <c r="I106" s="10">
-        <v>46665</v>
+        <v>46712</v>
       </c>
       <c r="J106" s="4" t="s">
-        <v>179</v>
+        <v>579</v>
       </c>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="C107" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="E107" s="6" t="s">
-        <v>76</v>
+        <v>135</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>182</v>
+        <v>136</v>
       </c>
       <c r="G107" s="8">
-        <v>3231.43</v>
+        <v>32953</v>
       </c>
       <c r="H107" s="9">
-        <v>44824</v>
+        <v>44882</v>
       </c>
       <c r="I107" s="10">
-        <v>46649</v>
+        <v>46707</v>
       </c>
       <c r="J107" s="4" t="s">
-        <v>488</v>
+        <v>170</v>
       </c>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="E108" s="6" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>184</v>
+        <v>46</v>
       </c>
       <c r="G108" s="8">
-        <v>9257.59</v>
+        <v>1646.03</v>
       </c>
       <c r="H108" s="9">
-        <v>44791</v>
+        <v>44872</v>
       </c>
       <c r="I108" s="10">
-        <v>46616</v>
+        <v>46697</v>
       </c>
       <c r="J108" s="4" t="s">
-        <v>630</v>
+        <v>173</v>
       </c>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D109" s="6" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="E109" s="6" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>14</v>
+        <v>176</v>
       </c>
       <c r="G109" s="8">
-        <v>6442.88</v>
+        <v>1668.13</v>
       </c>
       <c r="H109" s="9">
-        <v>44763</v>
+        <v>44841</v>
       </c>
       <c r="I109" s="10">
-        <v>46588</v>
+        <v>46666</v>
       </c>
       <c r="J109" s="4" t="s">
-        <v>631</v>
+        <v>580</v>
       </c>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>187</v>
+        <v>27</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D110" s="6" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="E110" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>189</v>
+        <v>108</v>
       </c>
       <c r="G110" s="8">
-        <v>190.44</v>
+        <v>74</v>
       </c>
       <c r="H110" s="9">
-        <v>44756</v>
+        <v>44840</v>
       </c>
       <c r="I110" s="10">
-        <v>46581</v>
+        <v>46665</v>
       </c>
       <c r="J110" s="4" t="s">
-        <v>632</v>
+        <v>178</v>
       </c>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D111" s="6" t="s">
-        <v>609</v>
+        <v>180</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>190</v>
+        <v>76</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="G111" s="8">
-        <v>14554.69</v>
+        <v>3231.43</v>
       </c>
       <c r="H111" s="9">
-        <v>44741</v>
+        <v>44824</v>
       </c>
       <c r="I111" s="10">
-        <v>46596</v>
+        <v>46649</v>
       </c>
       <c r="J111" s="4" t="s">
-        <v>633</v>
+        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>39</v>
+        <v>183</v>
       </c>
       <c r="E112" s="6" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>39</v>
+        <v>183</v>
       </c>
       <c r="G112" s="8">
-        <v>108132</v>
+        <v>9257.59</v>
       </c>
       <c r="H112" s="9">
-        <v>44741</v>
+        <v>44791</v>
       </c>
       <c r="I112" s="10">
-        <v>46566</v>
+        <v>46616</v>
       </c>
       <c r="J112" s="4" t="s">
-        <v>193</v>
+        <v>581</v>
       </c>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="E113" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G113" s="8">
-        <v>2029.82</v>
+        <v>6442.88</v>
       </c>
       <c r="H113" s="9">
-        <v>44713</v>
+        <v>44763</v>
       </c>
       <c r="I113" s="10">
-        <v>46538</v>
+        <v>46588</v>
       </c>
       <c r="J113" s="4" t="s">
-        <v>195</v>
+        <v>582</v>
       </c>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>27</v>
+        <v>186</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="E114" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>14</v>
+        <v>188</v>
       </c>
       <c r="G114" s="8">
-        <v>2811.28</v>
+        <v>190.44</v>
       </c>
       <c r="H114" s="9">
-        <v>44711</v>
+        <v>44756</v>
       </c>
       <c r="I114" s="10">
-        <v>46536</v>
+        <v>46581</v>
       </c>
       <c r="J114" s="4" t="s">
-        <v>197</v>
+        <v>583</v>
       </c>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>27</v>
+        <v>717</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D115" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="G115" s="8">
+        <v>16062.91</v>
+      </c>
+      <c r="H115" s="9">
+        <v>44748</v>
+      </c>
+      <c r="I115" s="10">
+        <v>46573</v>
+      </c>
+      <c r="J115" s="4" t="s">
         <v>747</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>199</v>
+        <v>27</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>200</v>
+        <v>560</v>
       </c>
       <c r="E116" s="6" t="s">
-        <v>72</v>
+        <v>189</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="G116" s="8">
-        <v>629.09</v>
+        <v>14554.69</v>
       </c>
       <c r="H116" s="9">
-        <v>44566</v>
+        <v>44741</v>
       </c>
       <c r="I116" s="10">
-        <v>46391</v>
+        <v>46596</v>
       </c>
       <c r="J116" s="4" t="s">
-        <v>634</v>
+        <v>584</v>
       </c>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>203</v>
+        <v>39</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>204</v>
+        <v>39</v>
       </c>
       <c r="G117" s="8">
-        <v>11592.69</v>
+        <v>108132</v>
       </c>
       <c r="H117" s="9">
-        <v>44566</v>
+        <v>44741</v>
       </c>
       <c r="I117" s="10">
-        <v>46391</v>
+        <v>46566</v>
       </c>
       <c r="J117" s="4" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>206</v>
+        <v>27</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D118" s="6" t="s">
-        <v>207</v>
+        <v>193</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>189</v>
+        <v>14</v>
       </c>
       <c r="G118" s="8">
-        <v>1574.75</v>
+        <v>2029.82</v>
       </c>
       <c r="H118" s="9">
-        <v>44558</v>
+        <v>44713</v>
       </c>
       <c r="I118" s="10">
-        <v>46383</v>
+        <v>46538</v>
       </c>
       <c r="J118" s="4" t="s">
-        <v>635</v>
+        <v>194</v>
       </c>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D119" s="6" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="E119" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G119" s="8">
-        <v>4985.78</v>
+        <v>2811.28</v>
       </c>
       <c r="H119" s="9">
-        <v>44403</v>
+        <v>44711</v>
       </c>
       <c r="I119" s="10">
-        <v>46228</v>
+        <v>46536</v>
       </c>
       <c r="J119" s="4" t="s">
-        <v>210</v>
+        <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>211</v>
+        <v>27</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D120" s="6" t="s">
-        <v>212</v>
+        <v>697</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>138</v>
+        <v>39</v>
       </c>
       <c r="G120" s="8">
-        <v>38590.6</v>
+        <v>5740</v>
       </c>
       <c r="H120" s="9">
-        <v>44398</v>
+        <v>44690</v>
       </c>
       <c r="I120" s="10">
-        <v>46223</v>
+        <v>46515</v>
       </c>
       <c r="J120" s="4" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>543</v>
+        <v>12</v>
       </c>
       <c r="D121" s="6" t="s">
-        <v>514</v>
+        <v>199</v>
       </c>
       <c r="E121" s="6" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>68</v>
+        <v>200</v>
       </c>
       <c r="G121" s="8">
-        <v>4417.38</v>
+        <v>629.09</v>
       </c>
       <c r="H121" s="9">
-        <v>44383</v>
+        <v>44566</v>
       </c>
       <c r="I121" s="10">
-        <v>46208</v>
+        <v>46391</v>
       </c>
       <c r="J121" s="4" t="s">
-        <v>718</v>
+        <v>585</v>
       </c>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D122" s="6" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="G122" s="8">
-        <v>563.66999999999996</v>
+        <v>11592.69</v>
       </c>
       <c r="H122" s="9">
-        <v>44361</v>
+        <v>44566</v>
       </c>
       <c r="I122" s="10">
-        <v>46186</v>
+        <v>46391</v>
       </c>
       <c r="J122" s="4" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="C123" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D123" s="6" t="s">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="E123" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>39</v>
+        <v>188</v>
       </c>
       <c r="G123" s="8">
-        <v>3436.45</v>
+        <v>1574.75</v>
       </c>
       <c r="H123" s="9">
-        <v>44354</v>
+        <v>44558</v>
       </c>
       <c r="I123" s="10">
-        <v>46179</v>
+        <v>46383</v>
       </c>
       <c r="J123" s="4" t="s">
-        <v>220</v>
+        <v>586</v>
       </c>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="C124" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D124" s="6" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="E124" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="G124" s="8">
-        <v>3516.02</v>
+        <v>4985.78</v>
       </c>
       <c r="H124" s="9">
-        <v>44348</v>
+        <v>44403</v>
       </c>
       <c r="I124" s="10">
-        <v>46173</v>
+        <v>46228</v>
       </c>
       <c r="J124" s="4" t="s">
-        <v>719</v>
+        <v>209</v>
       </c>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D125" s="6" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="E125" s="6" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>99</v>
+        <v>138</v>
       </c>
       <c r="G125" s="8">
-        <v>2887.96</v>
+        <v>38590.6</v>
       </c>
       <c r="H125" s="9">
-        <v>44343</v>
+        <v>44398</v>
       </c>
       <c r="I125" s="10">
-        <v>46168</v>
+        <v>46223</v>
       </c>
       <c r="J125" s="4" t="s">
-        <v>720</v>
+        <v>212</v>
       </c>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>225</v>
+        <v>27</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>12</v>
+        <v>498</v>
       </c>
       <c r="D126" s="6" t="s">
-        <v>226</v>
+        <v>469</v>
       </c>
       <c r="E126" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="G126" s="8">
-        <v>4884.01</v>
+        <v>4417.38</v>
       </c>
       <c r="H126" s="9">
-        <v>44329</v>
+        <v>44383</v>
       </c>
       <c r="I126" s="10">
-        <v>46154</v>
+        <v>46208</v>
       </c>
       <c r="J126" s="4" t="s">
-        <v>721</v>
+        <v>669</v>
       </c>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D127" s="6" t="s">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="E127" s="6" t="s">
-        <v>163</v>
+        <v>45</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="G127" s="8">
-        <v>316.73</v>
+        <v>563.66999999999996</v>
       </c>
       <c r="H127" s="9">
-        <v>44291</v>
+        <v>44361</v>
       </c>
       <c r="I127" s="10">
-        <v>46116</v>
+        <v>46186</v>
       </c>
       <c r="J127" s="4" t="s">
-        <v>230</v>
+        <v>216</v>
       </c>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="C128" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D128" s="6" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="E128" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G128" s="8">
-        <v>9104.39</v>
+        <v>3436.45</v>
       </c>
       <c r="H128" s="9">
-        <v>44244</v>
+        <v>44354</v>
       </c>
       <c r="I128" s="10">
-        <v>46069</v>
+        <v>46179</v>
       </c>
       <c r="J128" s="4" t="s">
-        <v>636</v>
+        <v>219</v>
       </c>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D129" s="6" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="E129" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="G129" s="8">
-        <v>1530.38</v>
+        <v>3516.02</v>
       </c>
       <c r="H129" s="9">
-        <v>44231</v>
+        <v>44348</v>
       </c>
       <c r="I129" s="10">
-        <v>46056</v>
+        <v>46173</v>
       </c>
       <c r="J129" s="4" t="s">
-        <v>234</v>
+        <v>670</v>
       </c>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="C130" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D130" s="6" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="E130" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>99</v>
       </c>
       <c r="G130" s="8">
-        <v>6892.52</v>
+        <v>2887.96</v>
       </c>
       <c r="H130" s="9">
-        <v>44219</v>
+        <v>44343</v>
       </c>
       <c r="I130" s="10">
-        <v>46044</v>
+        <v>46168</v>
       </c>
       <c r="J130" s="4" t="s">
-        <v>722</v>
+        <v>671</v>
       </c>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>27</v>
+        <v>224</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D131" s="6" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="E131" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G131" s="8">
-        <v>4979.99</v>
+        <v>4884.01</v>
       </c>
       <c r="H131" s="9">
-        <v>44217</v>
+        <v>44329</v>
       </c>
       <c r="I131" s="10">
-        <v>46042</v>
+        <v>46154</v>
       </c>
       <c r="J131" s="4" t="s">
-        <v>723</v>
+        <v>672</v>
       </c>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>48</v>
+        <v>227</v>
       </c>
       <c r="E132" s="6" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="G132" s="8">
-        <v>1847.05</v>
+        <v>316.73</v>
       </c>
       <c r="H132" s="9">
-        <v>44204</v>
+        <v>44291</v>
       </c>
       <c r="I132" s="10">
-        <v>46029</v>
+        <v>46116</v>
       </c>
       <c r="J132" s="4" t="s">
-        <v>724</v>
+        <v>229</v>
       </c>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="C133" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="E133" s="6" t="s">
-        <v>241</v>
+        <v>14</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>242</v>
+        <v>39</v>
       </c>
       <c r="G133" s="8">
-        <v>1205.5999999999999</v>
+        <v>9104.39</v>
       </c>
       <c r="H133" s="9">
-        <v>44186</v>
+        <v>44244</v>
       </c>
       <c r="I133" s="10">
-        <v>46011</v>
+        <v>46069</v>
       </c>
       <c r="J133" s="4" t="s">
-        <v>764</v>
+        <v>587</v>
       </c>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>249</v>
+        <v>40</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>736</v>
+        <v>27</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>748</v>
+        <v>232</v>
       </c>
       <c r="E134" s="6" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>189</v>
+        <v>15</v>
       </c>
       <c r="G134" s="8">
-        <v>507.53899999999999</v>
-[...5 lines deleted...]
-        <v>754</v>
+        <v>1530.38</v>
+      </c>
+      <c r="H134" s="9">
+        <v>44231</v>
+      </c>
+      <c r="I134" s="10">
+        <v>46056</v>
       </c>
       <c r="J134" s="4" t="s">
-        <v>754</v>
+        <v>233</v>
       </c>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>249</v>
+        <v>40</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>737</v>
+        <v>234</v>
       </c>
       <c r="C135" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>749</v>
+        <v>235</v>
       </c>
       <c r="E135" s="6" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>189</v>
+        <v>99</v>
       </c>
       <c r="G135" s="8">
-        <v>1276.31</v>
-[...5 lines deleted...]
-        <v>754</v>
+        <v>6892.52</v>
+      </c>
+      <c r="H135" s="9">
+        <v>44219</v>
+      </c>
+      <c r="I135" s="10">
+        <v>46044</v>
       </c>
       <c r="J135" s="4" t="s">
-        <v>754</v>
+        <v>673</v>
       </c>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>249</v>
+        <v>40</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>444</v>
+        <v>27</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>683</v>
+        <v>236</v>
       </c>
       <c r="E136" s="6" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="G136" s="8">
-        <v>789.58</v>
+        <v>4979.99</v>
       </c>
       <c r="H136" s="9">
-        <v>45880</v>
+        <v>44217</v>
       </c>
       <c r="I136" s="10">
-        <v>47340</v>
+        <v>46042</v>
       </c>
       <c r="J136" s="4" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>249</v>
+        <v>40</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>685</v>
+        <v>237</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>686</v>
+        <v>48</v>
       </c>
       <c r="E137" s="6" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="G137" s="8">
-        <v>1725.04</v>
+        <v>1847.05</v>
       </c>
       <c r="H137" s="9">
-        <v>45880</v>
+        <v>44204</v>
       </c>
       <c r="I137" s="10">
-        <v>47340</v>
+        <v>46029</v>
       </c>
       <c r="J137" s="4" t="s">
-        <v>687</v>
+        <v>675</v>
       </c>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>688</v>
+        <v>718</v>
       </c>
       <c r="C138" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>689</v>
+        <v>729</v>
       </c>
       <c r="E138" s="6" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="G138" s="8">
-        <v>8319.52</v>
+        <v>185.23</v>
       </c>
       <c r="H138" s="9">
-        <v>45875</v>
+        <v>46003</v>
       </c>
       <c r="I138" s="10">
-        <v>47335</v>
+        <v>47463</v>
       </c>
       <c r="J138" s="4" t="s">
-        <v>690</v>
+        <v>748</v>
       </c>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>691</v>
+        <v>719</v>
       </c>
       <c r="C139" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>692</v>
+        <v>730</v>
       </c>
       <c r="E139" s="6" t="s">
-        <v>163</v>
+        <v>400</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>252</v>
+        <v>162</v>
       </c>
       <c r="G139" s="8">
-        <v>236.25</v>
+        <v>1854.44</v>
       </c>
       <c r="H139" s="9">
-        <v>45874</v>
+        <v>46003</v>
       </c>
       <c r="I139" s="10">
-        <v>47334</v>
+        <v>47463</v>
       </c>
       <c r="J139" s="4" t="s">
-        <v>693</v>
+        <v>749</v>
       </c>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>656</v>
+        <v>720</v>
       </c>
       <c r="C140" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="E140" s="6" t="s">
-        <v>380</v>
+        <v>151</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>667</v>
+        <v>339</v>
       </c>
       <c r="G140" s="8">
-        <v>1043.82</v>
+        <v>18052.41</v>
       </c>
       <c r="H140" s="9">
-        <v>45828</v>
+        <v>46003</v>
       </c>
       <c r="I140" s="10">
-        <v>47288</v>
+        <v>47463</v>
       </c>
       <c r="J140" s="4" t="s">
-        <v>681</v>
+        <v>750</v>
       </c>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>605</v>
+        <v>394</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>726</v>
+        <v>395</v>
       </c>
       <c r="E141" s="6" t="s">
-        <v>45</v>
+        <v>162</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>46</v>
+        <v>257</v>
       </c>
       <c r="G141" s="8">
-        <v>471.33</v>
+        <v>365.95</v>
       </c>
       <c r="H141" s="9">
-        <v>45807</v>
+        <v>46003</v>
       </c>
       <c r="I141" s="10">
-        <v>47267</v>
+        <v>47463</v>
       </c>
       <c r="J141" s="4" t="s">
-        <v>637</v>
+        <v>751</v>
       </c>
     </row>
     <row r="142" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>563</v>
+        <v>721</v>
       </c>
       <c r="C142" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>581</v>
+        <v>732</v>
       </c>
       <c r="E142" s="6" t="s">
-        <v>45</v>
+        <v>151</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>46</v>
+        <v>739</v>
       </c>
       <c r="G142" s="8">
-        <v>210.24</v>
+        <v>1342.27</v>
       </c>
       <c r="H142" s="9">
-        <v>45770</v>
+        <v>46003</v>
       </c>
       <c r="I142" s="10">
-        <v>47230</v>
+        <v>47463</v>
       </c>
       <c r="J142" s="4" t="s">
-        <v>638</v>
+        <v>752</v>
       </c>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>566</v>
+        <v>396</v>
       </c>
       <c r="C143" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>584</v>
+        <v>397</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>472</v>
+        <v>736</v>
       </c>
       <c r="G143" s="8">
-        <v>6709.94</v>
+        <v>609.29</v>
       </c>
       <c r="H143" s="9">
-        <v>45770</v>
+        <v>46003</v>
       </c>
       <c r="I143" s="10">
-        <v>47230</v>
+        <v>47463</v>
       </c>
       <c r="J143" s="4" t="s">
-        <v>639</v>
+        <v>753</v>
       </c>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>567</v>
+        <v>722</v>
       </c>
       <c r="C144" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>585</v>
+        <v>733</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>61</v>
+        <v>151</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>472</v>
+        <v>167</v>
       </c>
       <c r="G144" s="8">
-        <v>1934</v>
+        <v>1524.23</v>
       </c>
       <c r="H144" s="9">
-        <v>45770</v>
+        <v>46003</v>
       </c>
       <c r="I144" s="10">
-        <v>47230</v>
+        <v>47463</v>
       </c>
       <c r="J144" s="4" t="s">
-        <v>640</v>
+        <v>754</v>
       </c>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>33</v>
+        <v>723</v>
       </c>
       <c r="C145" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>586</v>
+        <v>398</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>35</v>
+        <v>740</v>
       </c>
       <c r="G145" s="8">
-        <v>2918.16</v>
+        <v>3076.46</v>
       </c>
       <c r="H145" s="9">
-        <v>45770</v>
+        <v>46003</v>
       </c>
       <c r="I145" s="10">
-        <v>47230</v>
+        <v>47463</v>
       </c>
       <c r="J145" s="4" t="s">
-        <v>641</v>
+        <v>755</v>
       </c>
     </row>
     <row r="146" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>574</v>
+        <v>686</v>
       </c>
       <c r="C146" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>594</v>
+        <v>698</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>472</v>
+        <v>188</v>
       </c>
       <c r="G146" s="8">
-        <v>3702.77</v>
+        <v>507.53899999999999</v>
       </c>
       <c r="H146" s="9">
-        <v>45770</v>
+        <v>45958</v>
       </c>
       <c r="I146" s="10">
-        <v>47230</v>
+        <v>47418</v>
       </c>
       <c r="J146" s="4" t="s">
-        <v>642</v>
+        <v>756</v>
       </c>
     </row>
     <row r="147" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>564</v>
+        <v>687</v>
       </c>
       <c r="C147" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>582</v>
+        <v>699</v>
       </c>
       <c r="E147" s="6" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>75</v>
+        <v>188</v>
       </c>
       <c r="G147" s="8">
-        <v>997.63</v>
+        <v>1276.31</v>
       </c>
       <c r="H147" s="9">
-        <v>45754</v>
+        <v>45958</v>
       </c>
       <c r="I147" s="10">
-        <v>47214</v>
+        <v>47418</v>
       </c>
       <c r="J147" s="4" t="s">
-        <v>643</v>
+        <v>757</v>
       </c>
     </row>
     <row r="148" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>565</v>
+        <v>399</v>
       </c>
       <c r="C148" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>583</v>
+        <v>634</v>
       </c>
       <c r="E148" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="G148" s="8">
-        <v>13129.71</v>
+        <v>789.58</v>
       </c>
       <c r="H148" s="9">
-        <v>45754</v>
+        <v>45880</v>
       </c>
       <c r="I148" s="10">
-        <v>47214</v>
+        <v>47340</v>
       </c>
       <c r="J148" s="4" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
     </row>
     <row r="149" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>568</v>
+        <v>636</v>
       </c>
       <c r="C149" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>587</v>
+        <v>637</v>
       </c>
       <c r="E149" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>588</v>
+        <v>145</v>
       </c>
       <c r="G149" s="8">
-        <v>7896.57</v>
+        <v>1725.04</v>
       </c>
       <c r="H149" s="9">
-        <v>45754</v>
+        <v>45880</v>
       </c>
       <c r="I149" s="10">
-        <v>47214</v>
+        <v>47340</v>
       </c>
       <c r="J149" s="4" t="s">
-        <v>645</v>
+        <v>638</v>
       </c>
     </row>
     <row r="150" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>569</v>
+        <v>639</v>
       </c>
       <c r="C150" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>589</v>
+        <v>640</v>
       </c>
       <c r="E150" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>588</v>
+        <v>79</v>
       </c>
       <c r="G150" s="8">
-        <v>4794.37</v>
+        <v>8319.52</v>
       </c>
       <c r="H150" s="9">
-        <v>45754</v>
+        <v>45875</v>
       </c>
       <c r="I150" s="10">
-        <v>47214</v>
+        <v>47335</v>
       </c>
       <c r="J150" s="4" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
     </row>
     <row r="151" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>570</v>
+        <v>642</v>
       </c>
       <c r="C151" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>590</v>
+        <v>643</v>
       </c>
       <c r="E151" s="6" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>19</v>
+        <v>248</v>
       </c>
       <c r="G151" s="8">
-        <v>3402.66</v>
+        <v>236.25</v>
       </c>
       <c r="H151" s="9">
-        <v>45754</v>
+        <v>45874</v>
       </c>
       <c r="I151" s="10">
-        <v>47214</v>
+        <v>47334</v>
       </c>
       <c r="J151" s="4" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
     </row>
     <row r="152" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>571</v>
+        <v>607</v>
       </c>
       <c r="C152" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>591</v>
+        <v>676</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>61</v>
+        <v>376</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>19</v>
+        <v>618</v>
       </c>
       <c r="G152" s="8">
-        <v>6724.39</v>
+        <v>1043.82</v>
       </c>
       <c r="H152" s="9">
-        <v>45754</v>
+        <v>45828</v>
       </c>
       <c r="I152" s="10">
-        <v>47214</v>
+        <v>47288</v>
       </c>
       <c r="J152" s="4" t="s">
-        <v>648</v>
+        <v>632</v>
       </c>
     </row>
     <row r="153" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>572</v>
+        <v>556</v>
       </c>
       <c r="C153" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>592</v>
+        <v>677</v>
       </c>
       <c r="E153" s="6" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="G153" s="8">
-        <v>26979.18</v>
+        <v>471.33</v>
       </c>
       <c r="H153" s="9">
-        <v>45754</v>
+        <v>45807</v>
       </c>
       <c r="I153" s="10">
-        <v>47214</v>
+        <v>47267</v>
       </c>
       <c r="J153" s="4" t="s">
-        <v>649</v>
+        <v>588</v>
       </c>
     </row>
     <row r="154" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>573</v>
+        <v>514</v>
       </c>
       <c r="C154" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>593</v>
+        <v>532</v>
       </c>
       <c r="E154" s="6" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="G154" s="8">
-        <v>2398.14</v>
+        <v>210.24</v>
       </c>
       <c r="H154" s="9">
-        <v>45754</v>
+        <v>45770</v>
       </c>
       <c r="I154" s="10">
-        <v>47214</v>
+        <v>47230</v>
       </c>
       <c r="J154" s="4" t="s">
-        <v>650</v>
+        <v>589</v>
       </c>
     </row>
     <row r="155" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>540</v>
+        <v>517</v>
       </c>
       <c r="C155" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
       <c r="E155" s="6" t="s">
-        <v>445</v>
+        <v>61</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>553</v>
+        <v>427</v>
       </c>
       <c r="G155" s="8">
-        <v>1577.03</v>
+        <v>6709.94</v>
       </c>
       <c r="H155" s="9">
-        <v>45733</v>
+        <v>45770</v>
       </c>
       <c r="I155" s="10">
-        <v>47193</v>
+        <v>47230</v>
       </c>
       <c r="J155" s="4" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="156" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="C156" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
       <c r="E156" s="6" t="s">
-        <v>241</v>
+        <v>61</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>554</v>
+        <v>427</v>
       </c>
       <c r="G156" s="8">
-        <v>1334.44</v>
+        <v>1934</v>
       </c>
       <c r="H156" s="9">
-        <v>45733</v>
+        <v>45770</v>
       </c>
       <c r="I156" s="10">
-        <v>47193</v>
+        <v>47230</v>
       </c>
       <c r="J156" s="4" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="157" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>525</v>
+        <v>33</v>
       </c>
       <c r="C157" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E157" s="6" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>532</v>
+        <v>35</v>
       </c>
       <c r="G157" s="8">
-        <v>1375</v>
+        <v>2918.16</v>
       </c>
       <c r="H157" s="9">
-        <v>45712</v>
+        <v>45770</v>
       </c>
       <c r="I157" s="10">
-        <v>47172</v>
+        <v>47230</v>
       </c>
       <c r="J157" s="4" t="s">
-        <v>538</v>
+        <v>592</v>
       </c>
     </row>
     <row r="158" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C158" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="E158" s="6" t="s">
-        <v>151</v>
+        <v>61</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>534</v>
+        <v>427</v>
       </c>
       <c r="G158" s="8">
-        <v>1906</v>
+        <v>3702.77</v>
       </c>
       <c r="H158" s="9">
-        <v>45712</v>
+        <v>45770</v>
       </c>
       <c r="I158" s="10">
-        <v>47172</v>
+        <v>47230</v>
       </c>
       <c r="J158" s="4" t="s">
-        <v>539</v>
+        <v>593</v>
       </c>
     </row>
     <row r="159" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="C159" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>727</v>
+        <v>533</v>
       </c>
       <c r="E159" s="6" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="G159" s="8">
-        <v>197.86</v>
+        <v>997.63</v>
       </c>
       <c r="H159" s="9">
-        <v>45632</v>
+        <v>45754</v>
       </c>
       <c r="I159" s="10">
-        <v>47092</v>
+        <v>47214</v>
       </c>
       <c r="J159" s="4" t="s">
-        <v>522</v>
+        <v>594</v>
       </c>
     </row>
     <row r="160" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="C160" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D160" s="6" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="E160" s="6" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="G160" s="8">
-        <v>214.81</v>
+        <v>13129.71</v>
       </c>
       <c r="H160" s="9">
-        <v>45632</v>
+        <v>45754</v>
       </c>
       <c r="I160" s="10">
-        <v>47092</v>
+        <v>47214</v>
       </c>
       <c r="J160" s="4" t="s">
-        <v>523</v>
+        <v>595</v>
       </c>
     </row>
     <row r="161" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>491</v>
+        <v>519</v>
       </c>
       <c r="C161" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D161" s="6" t="s">
-        <v>494</v>
+        <v>538</v>
       </c>
       <c r="E161" s="6" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>495</v>
+        <v>539</v>
       </c>
       <c r="G161" s="8">
-        <v>141.81</v>
+        <v>7896.57</v>
       </c>
       <c r="H161" s="9">
-        <v>45609</v>
+        <v>45754</v>
       </c>
       <c r="I161" s="10">
-        <v>47069</v>
+        <v>47214</v>
       </c>
       <c r="J161" s="4" t="s">
-        <v>496</v>
+        <v>596</v>
       </c>
     </row>
     <row r="162" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>250</v>
+        <v>520</v>
       </c>
       <c r="C162" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D162" s="6" t="s">
-        <v>251</v>
+        <v>540</v>
       </c>
       <c r="E162" s="6" t="s">
-        <v>163</v>
+        <v>61</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>252</v>
+        <v>539</v>
       </c>
       <c r="G162" s="8">
-        <v>248.31</v>
+        <v>4794.37</v>
       </c>
       <c r="H162" s="9">
-        <v>45502</v>
+        <v>45754</v>
       </c>
       <c r="I162" s="10">
-        <v>46962</v>
+        <v>47214</v>
       </c>
       <c r="J162" s="4" t="s">
-        <v>253</v>
+        <v>597</v>
       </c>
     </row>
     <row r="163" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>250</v>
+        <v>521</v>
       </c>
       <c r="C163" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D163" s="6" t="s">
-        <v>254</v>
+        <v>541</v>
       </c>
       <c r="E163" s="6" t="s">
-        <v>163</v>
+        <v>61</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>252</v>
+        <v>19</v>
       </c>
       <c r="G163" s="8">
-        <v>546.79999999999995</v>
+        <v>3402.66</v>
       </c>
       <c r="H163" s="9">
-        <v>45502</v>
+        <v>45754</v>
       </c>
       <c r="I163" s="10">
-        <v>46962</v>
+        <v>47214</v>
       </c>
       <c r="J163" s="4" t="s">
-        <v>255</v>
+        <v>598</v>
       </c>
     </row>
     <row r="164" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>256</v>
+        <v>522</v>
       </c>
       <c r="C164" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D164" s="6" t="s">
-        <v>257</v>
+        <v>542</v>
       </c>
       <c r="E164" s="6" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>216</v>
+        <v>19</v>
       </c>
       <c r="G164" s="8">
-        <v>825</v>
+        <v>6724.39</v>
       </c>
       <c r="H164" s="9">
-        <v>45477</v>
+        <v>45754</v>
       </c>
       <c r="I164" s="10">
-        <v>46937</v>
+        <v>47214</v>
       </c>
       <c r="J164" s="4" t="s">
-        <v>258</v>
+        <v>599</v>
       </c>
     </row>
     <row r="165" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>259</v>
+        <v>523</v>
       </c>
       <c r="C165" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D165" s="6" t="s">
-        <v>260</v>
+        <v>543</v>
       </c>
       <c r="E165" s="6" t="s">
-        <v>163</v>
+        <v>61</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>261</v>
+        <v>75</v>
       </c>
       <c r="G165" s="8">
-        <v>547.28</v>
+        <v>26979.18</v>
       </c>
       <c r="H165" s="9">
-        <v>45457</v>
+        <v>45754</v>
       </c>
       <c r="I165" s="10">
-        <v>46917</v>
+        <v>47214</v>
       </c>
       <c r="J165" s="4" t="s">
-        <v>262</v>
+        <v>600</v>
       </c>
     </row>
     <row r="166" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>263</v>
+        <v>524</v>
       </c>
       <c r="C166" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D166" s="6" t="s">
-        <v>264</v>
+        <v>544</v>
       </c>
       <c r="E166" s="6" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>189</v>
+        <v>75</v>
       </c>
       <c r="G166" s="8">
-        <v>1171</v>
+        <v>2398.14</v>
       </c>
       <c r="H166" s="9">
-        <v>45390</v>
+        <v>45754</v>
       </c>
       <c r="I166" s="10">
-        <v>46850</v>
+        <v>47214</v>
       </c>
       <c r="J166" s="4" t="s">
-        <v>265</v>
+        <v>601</v>
       </c>
     </row>
     <row r="167" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>266</v>
+        <v>495</v>
       </c>
       <c r="C167" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D167" s="6" t="s">
-        <v>267</v>
+        <v>501</v>
       </c>
       <c r="E167" s="6" t="s">
-        <v>163</v>
+        <v>400</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>229</v>
+        <v>505</v>
       </c>
       <c r="G167" s="8">
-        <v>256.25</v>
+        <v>1577.03</v>
       </c>
       <c r="H167" s="9">
-        <v>45362</v>
+        <v>45733</v>
       </c>
       <c r="I167" s="10">
-        <v>46822</v>
+        <v>47193</v>
       </c>
       <c r="J167" s="4" t="s">
-        <v>268</v>
+        <v>551</v>
       </c>
     </row>
     <row r="168" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>269</v>
+        <v>497</v>
       </c>
       <c r="C168" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D168" s="6" t="s">
-        <v>270</v>
+        <v>734</v>
       </c>
       <c r="E168" s="6" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>271</v>
+        <v>506</v>
       </c>
       <c r="G168" s="8">
-        <v>36362.39</v>
+        <v>1334.44</v>
       </c>
       <c r="H168" s="9">
-        <v>45362</v>
+        <v>45733</v>
       </c>
       <c r="I168" s="10">
-        <v>46822</v>
+        <v>47193</v>
       </c>
       <c r="J168" s="4" t="s">
-        <v>272</v>
+        <v>552</v>
       </c>
     </row>
     <row r="169" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>273</v>
+        <v>480</v>
       </c>
       <c r="C169" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D169" s="6" t="s">
-        <v>274</v>
+        <v>486</v>
       </c>
       <c r="E169" s="6" t="s">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>189</v>
+        <v>487</v>
       </c>
       <c r="G169" s="8">
-        <v>755.5</v>
+        <v>1375</v>
       </c>
       <c r="H169" s="9">
-        <v>45330</v>
+        <v>45712</v>
       </c>
       <c r="I169" s="10">
-        <v>46790</v>
+        <v>47172</v>
       </c>
       <c r="J169" s="4" t="s">
-        <v>275</v>
+        <v>493</v>
       </c>
     </row>
     <row r="170" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>276</v>
+        <v>481</v>
       </c>
       <c r="C170" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D170" s="6" t="s">
-        <v>277</v>
+        <v>488</v>
       </c>
       <c r="E170" s="6" t="s">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>189</v>
+        <v>489</v>
       </c>
       <c r="G170" s="8">
-        <v>483.37</v>
+        <v>1906</v>
       </c>
       <c r="H170" s="9">
-        <v>45330</v>
+        <v>45712</v>
       </c>
       <c r="I170" s="10">
-        <v>46790</v>
+        <v>47172</v>
       </c>
       <c r="J170" s="4" t="s">
-        <v>278</v>
+        <v>494</v>
       </c>
     </row>
     <row r="171" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>728</v>
+        <v>459</v>
       </c>
       <c r="C171" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D171" s="6" t="s">
-        <v>279</v>
+        <v>470</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>280</v>
+        <v>46</v>
       </c>
       <c r="G171" s="8">
-        <v>2213</v>
+        <v>214.81</v>
       </c>
       <c r="H171" s="9">
-        <v>45320</v>
+        <v>45632</v>
       </c>
       <c r="I171" s="10">
-        <v>46780</v>
+        <v>47092</v>
       </c>
       <c r="J171" s="4" t="s">
-        <v>281</v>
+        <v>478</v>
       </c>
     </row>
     <row r="172" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>282</v>
+        <v>458</v>
       </c>
       <c r="C172" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D172" s="6" t="s">
-        <v>283</v>
+        <v>678</v>
       </c>
       <c r="E172" s="6" t="s">
-        <v>163</v>
+        <v>45</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>229</v>
+        <v>46</v>
       </c>
       <c r="G172" s="8">
-        <v>188.41</v>
+        <v>197.86</v>
       </c>
       <c r="H172" s="9">
-        <v>45268</v>
+        <v>45632</v>
       </c>
       <c r="I172" s="10">
-        <v>46728</v>
+        <v>47092</v>
       </c>
       <c r="J172" s="4" t="s">
-        <v>284</v>
+        <v>477</v>
       </c>
     </row>
     <row r="173" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>285</v>
+        <v>446</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D173" s="6" t="s">
-        <v>286</v>
+        <v>449</v>
       </c>
       <c r="E173" s="6" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>44</v>
+        <v>450</v>
       </c>
       <c r="G173" s="8">
-        <v>31795</v>
+        <v>141.81</v>
       </c>
       <c r="H173" s="9">
-        <v>45237</v>
+        <v>45609</v>
       </c>
       <c r="I173" s="10">
-        <v>46697</v>
+        <v>47069</v>
       </c>
       <c r="J173" s="4" t="s">
-        <v>287</v>
+        <v>451</v>
       </c>
     </row>
     <row r="174" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G174" s="8">
+        <v>248.31</v>
+      </c>
+      <c r="H174" s="9">
+        <v>45502</v>
+      </c>
+      <c r="I174" s="10">
+        <v>46962</v>
+      </c>
+      <c r="J174" s="4" t="s">
         <v>249</v>
-      </c>
-[...25 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="175" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>291</v>
+        <v>246</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D175" s="6" t="s">
-        <v>292</v>
+        <v>250</v>
       </c>
       <c r="E175" s="6" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="G175" s="8">
-        <v>4337.32</v>
+        <v>546.79999999999995</v>
       </c>
       <c r="H175" s="9">
-        <v>45237</v>
+        <v>45502</v>
       </c>
       <c r="I175" s="10">
-        <v>46697</v>
+        <v>46962</v>
       </c>
       <c r="J175" s="4" t="s">
-        <v>293</v>
+        <v>251</v>
       </c>
     </row>
     <row r="176" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>294</v>
+        <v>252</v>
       </c>
       <c r="C176" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D176" s="6" t="s">
-        <v>295</v>
+        <v>253</v>
       </c>
       <c r="E176" s="6" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>62</v>
+        <v>215</v>
       </c>
       <c r="G176" s="8">
-        <v>13105</v>
+        <v>825</v>
       </c>
       <c r="H176" s="9">
-        <v>45237</v>
+        <v>45477</v>
       </c>
       <c r="I176" s="10">
-        <v>46697</v>
+        <v>46937</v>
       </c>
       <c r="J176" s="4" t="s">
-        <v>296</v>
+        <v>254</v>
       </c>
     </row>
     <row r="177" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>297</v>
+        <v>255</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D177" s="6" t="s">
-        <v>298</v>
+        <v>256</v>
       </c>
       <c r="E177" s="6" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>44</v>
+        <v>257</v>
       </c>
       <c r="G177" s="8">
-        <v>9574</v>
+        <v>547.28</v>
       </c>
       <c r="H177" s="9">
-        <v>45237</v>
+        <v>45457</v>
       </c>
       <c r="I177" s="10">
-        <v>46697</v>
+        <v>46917</v>
       </c>
       <c r="J177" s="4" t="s">
-        <v>299</v>
+        <v>258</v>
       </c>
     </row>
     <row r="178" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>300</v>
+        <v>259</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D178" s="6" t="s">
-        <v>301</v>
+        <v>260</v>
       </c>
       <c r="E178" s="6" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>44</v>
+        <v>188</v>
       </c>
       <c r="G178" s="8">
-        <v>24147</v>
+        <v>1171</v>
       </c>
       <c r="H178" s="9">
-        <v>45237</v>
+        <v>45390</v>
       </c>
       <c r="I178" s="10">
-        <v>46697</v>
+        <v>46850</v>
       </c>
       <c r="J178" s="4" t="s">
-        <v>302</v>
+        <v>261</v>
       </c>
     </row>
     <row r="179" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>303</v>
+        <v>262</v>
       </c>
       <c r="C179" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D179" s="6" t="s">
-        <v>304</v>
+        <v>263</v>
       </c>
       <c r="E179" s="6" t="s">
-        <v>45</v>
+        <v>162</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="G179" s="8">
-        <v>383</v>
+        <v>256.25</v>
       </c>
       <c r="H179" s="9">
-        <v>45181</v>
+        <v>45362</v>
       </c>
       <c r="I179" s="10">
-        <v>46641</v>
+        <v>46822</v>
       </c>
       <c r="J179" s="4" t="s">
-        <v>305</v>
+        <v>264</v>
       </c>
     </row>
     <row r="180" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>306</v>
+        <v>265</v>
       </c>
       <c r="C180" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D180" s="6" t="s">
-        <v>307</v>
+        <v>266</v>
       </c>
       <c r="E180" s="6" t="s">
-        <v>163</v>
+        <v>61</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>252</v>
+        <v>267</v>
       </c>
       <c r="G180" s="8">
-        <v>205</v>
+        <v>36362.39</v>
       </c>
       <c r="H180" s="9">
-        <v>45110</v>
+        <v>45362</v>
       </c>
       <c r="I180" s="10">
-        <v>46570</v>
+        <v>46822</v>
       </c>
       <c r="J180" s="4" t="s">
-        <v>308</v>
+        <v>268</v>
       </c>
     </row>
     <row r="181" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>309</v>
+        <v>269</v>
       </c>
       <c r="C181" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D181" s="6" t="s">
-        <v>310</v>
+        <v>270</v>
       </c>
       <c r="E181" s="6" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="G181" s="8">
-        <v>3406</v>
+        <v>755.5</v>
       </c>
       <c r="H181" s="9">
-        <v>45097</v>
+        <v>45330</v>
       </c>
       <c r="I181" s="10">
-        <v>46557</v>
+        <v>46790</v>
       </c>
       <c r="J181" s="4" t="s">
-        <v>311</v>
+        <v>271</v>
       </c>
     </row>
     <row r="182" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>312</v>
+        <v>272</v>
       </c>
       <c r="C182" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D182" s="6" t="s">
-        <v>313</v>
+        <v>273</v>
       </c>
       <c r="E182" s="6" t="s">
-        <v>135</v>
+        <v>30</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="G182" s="8">
-        <v>1770</v>
+        <v>483.37</v>
       </c>
       <c r="H182" s="9">
-        <v>45097</v>
+        <v>45330</v>
       </c>
       <c r="I182" s="10">
-        <v>46557</v>
+        <v>46790</v>
       </c>
       <c r="J182" s="4" t="s">
-        <v>314</v>
+        <v>274</v>
       </c>
     </row>
     <row r="183" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>315</v>
+        <v>679</v>
       </c>
       <c r="C183" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D183" s="6" t="s">
-        <v>316</v>
+        <v>275</v>
       </c>
       <c r="E183" s="6" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>317</v>
+        <v>276</v>
       </c>
       <c r="G183" s="8">
-        <v>1379</v>
+        <v>2213</v>
       </c>
       <c r="H183" s="9">
-        <v>45097</v>
+        <v>45320</v>
       </c>
       <c r="I183" s="10">
-        <v>46557</v>
+        <v>46780</v>
       </c>
       <c r="J183" s="4" t="s">
-        <v>318</v>
+        <v>277</v>
       </c>
     </row>
     <row r="184" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>319</v>
+        <v>278</v>
       </c>
       <c r="C184" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D184" s="6" t="s">
-        <v>320</v>
+        <v>279</v>
       </c>
       <c r="E184" s="6" t="s">
-        <v>72</v>
+        <v>162</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>321</v>
+        <v>228</v>
       </c>
       <c r="G184" s="8">
-        <v>351</v>
+        <v>188.41</v>
       </c>
       <c r="H184" s="9">
-        <v>45097</v>
+        <v>45268</v>
       </c>
       <c r="I184" s="10">
-        <v>46557</v>
+        <v>46728</v>
       </c>
       <c r="J184" s="4" t="s">
-        <v>322</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>323</v>
+        <v>281</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D185" s="6" t="s">
-        <v>324</v>
+        <v>282</v>
       </c>
       <c r="E185" s="6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>325</v>
+        <v>44</v>
       </c>
       <c r="G185" s="8">
-        <v>4722.05</v>
+        <v>31795</v>
       </c>
       <c r="H185" s="9">
-        <v>45082</v>
+        <v>45237</v>
       </c>
       <c r="I185" s="10">
-        <v>46542</v>
+        <v>46697</v>
       </c>
       <c r="J185" s="4" t="s">
-        <v>326</v>
+        <v>283</v>
       </c>
     </row>
     <row r="186" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>27</v>
+        <v>284</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D186" s="6" t="s">
-        <v>327</v>
+        <v>285</v>
       </c>
       <c r="E186" s="6" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>152</v>
+        <v>44</v>
       </c>
       <c r="G186" s="8">
-        <v>5575.67</v>
+        <v>10891</v>
       </c>
       <c r="H186" s="9">
-        <v>44999</v>
+        <v>45237</v>
       </c>
       <c r="I186" s="10">
-        <v>46825</v>
+        <v>46697</v>
       </c>
       <c r="J186" s="4" t="s">
-        <v>328</v>
+        <v>286</v>
       </c>
     </row>
     <row r="187" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>329</v>
+        <v>287</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D187" s="6" t="s">
-        <v>330</v>
+        <v>288</v>
       </c>
       <c r="E187" s="6" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="G187" s="8">
-        <v>4551</v>
+        <v>4337.32</v>
       </c>
       <c r="H187" s="9">
-        <v>44970</v>
+        <v>45237</v>
       </c>
       <c r="I187" s="10">
-        <v>46430</v>
+        <v>46697</v>
       </c>
       <c r="J187" s="4" t="s">
-        <v>331</v>
+        <v>289</v>
       </c>
     </row>
     <row r="188" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>332</v>
+        <v>290</v>
       </c>
       <c r="C188" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D188" s="6" t="s">
-        <v>333</v>
+        <v>291</v>
       </c>
       <c r="E188" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="G188" s="8">
-        <v>2621</v>
+        <v>13105</v>
       </c>
       <c r="H188" s="9">
-        <v>44970</v>
+        <v>45237</v>
       </c>
       <c r="I188" s="10">
-        <v>46430</v>
+        <v>46697</v>
       </c>
       <c r="J188" s="4" t="s">
-        <v>334</v>
+        <v>292</v>
       </c>
     </row>
     <row r="189" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>335</v>
+        <v>293</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D189" s="6" t="s">
-        <v>336</v>
+        <v>294</v>
       </c>
       <c r="E189" s="6" t="s">
-        <v>135</v>
+        <v>14</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>147</v>
+        <v>44</v>
       </c>
       <c r="G189" s="8">
-        <v>47776.66</v>
+        <v>9574</v>
       </c>
       <c r="H189" s="9">
-        <v>44966</v>
+        <v>45237</v>
       </c>
       <c r="I189" s="10">
-        <v>46426</v>
+        <v>46697</v>
       </c>
       <c r="J189" s="4" t="s">
-        <v>337</v>
+        <v>295</v>
       </c>
     </row>
     <row r="190" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>338</v>
+        <v>296</v>
       </c>
       <c r="C190" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D190" s="6" t="s">
-        <v>339</v>
+        <v>297</v>
       </c>
       <c r="E190" s="6" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="G190" s="8">
-        <v>13168</v>
+        <v>24147</v>
       </c>
       <c r="H190" s="9">
-        <v>44960</v>
+        <v>45237</v>
       </c>
       <c r="I190" s="10">
-        <v>46420</v>
+        <v>46697</v>
       </c>
       <c r="J190" s="4" t="s">
-        <v>340</v>
+        <v>298</v>
       </c>
     </row>
     <row r="191" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>341</v>
+        <v>299</v>
       </c>
       <c r="C191" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D191" s="6" t="s">
-        <v>342</v>
+        <v>300</v>
       </c>
       <c r="E191" s="6" t="s">
-        <v>151</v>
+        <v>45</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>343</v>
+        <v>215</v>
       </c>
       <c r="G191" s="8">
-        <v>8631</v>
+        <v>383</v>
       </c>
       <c r="H191" s="9">
-        <v>44960</v>
+        <v>45181</v>
       </c>
       <c r="I191" s="10">
-        <v>46420</v>
+        <v>46641</v>
       </c>
       <c r="J191" s="4" t="s">
-        <v>344</v>
+        <v>301</v>
       </c>
     </row>
     <row r="192" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>345</v>
+        <v>302</v>
       </c>
       <c r="C192" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D192" s="6" t="s">
-        <v>346</v>
+        <v>303</v>
       </c>
       <c r="E192" s="6" t="s">
-        <v>347</v>
+        <v>162</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>348</v>
+        <v>248</v>
       </c>
       <c r="G192" s="8">
-        <v>3061.56</v>
+        <v>205</v>
       </c>
       <c r="H192" s="9">
-        <v>44938</v>
+        <v>45110</v>
       </c>
       <c r="I192" s="10">
-        <v>46398</v>
+        <v>46570</v>
       </c>
       <c r="J192" s="4" t="s">
-        <v>349</v>
+        <v>304</v>
       </c>
     </row>
     <row r="193" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="C193" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D193" s="6" t="s">
-        <v>23</v>
+        <v>306</v>
       </c>
       <c r="E193" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>25</v>
+        <v>145</v>
       </c>
       <c r="G193" s="8">
-        <v>976.79399999999998</v>
+        <v>3406</v>
       </c>
       <c r="H193" s="9">
-        <v>44938</v>
+        <v>45097</v>
       </c>
       <c r="I193" s="10">
-        <v>46398</v>
+        <v>46557</v>
       </c>
       <c r="J193" s="4" t="s">
-        <v>350</v>
+        <v>307</v>
       </c>
     </row>
     <row r="194" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>351</v>
+        <v>308</v>
       </c>
       <c r="C194" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D194" s="6" t="s">
-        <v>352</v>
+        <v>309</v>
       </c>
       <c r="E194" s="6" t="s">
         <v>135</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>353</v>
+        <v>147</v>
       </c>
       <c r="G194" s="8">
-        <v>2034</v>
+        <v>1770</v>
       </c>
       <c r="H194" s="9">
-        <v>44932</v>
+        <v>45097</v>
       </c>
       <c r="I194" s="10">
-        <v>46392</v>
+        <v>46557</v>
       </c>
       <c r="J194" s="4" t="s">
-        <v>354</v>
+        <v>310</v>
       </c>
     </row>
     <row r="195" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>355</v>
+        <v>311</v>
       </c>
       <c r="C195" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D195" s="6" t="s">
-        <v>356</v>
+        <v>312</v>
       </c>
       <c r="E195" s="6" t="s">
-        <v>357</v>
+        <v>162</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>358</v>
+        <v>313</v>
       </c>
       <c r="G195" s="8">
-        <v>1540</v>
+        <v>1379</v>
       </c>
       <c r="H195" s="9">
-        <v>44893</v>
+        <v>45097</v>
       </c>
       <c r="I195" s="10">
-        <v>46353</v>
+        <v>46557</v>
       </c>
       <c r="J195" s="4" t="s">
-        <v>359</v>
+        <v>314</v>
       </c>
     </row>
     <row r="196" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>360</v>
+        <v>315</v>
       </c>
       <c r="C196" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D196" s="6" t="s">
-        <v>361</v>
+        <v>316</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>357</v>
+        <v>72</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>358</v>
+        <v>317</v>
       </c>
       <c r="G196" s="8">
-        <v>709</v>
+        <v>351</v>
       </c>
       <c r="H196" s="9">
-        <v>44893</v>
+        <v>45097</v>
       </c>
       <c r="I196" s="10">
-        <v>46353</v>
+        <v>46557</v>
       </c>
       <c r="J196" s="4" t="s">
-        <v>362</v>
+        <v>318</v>
       </c>
     </row>
     <row r="197" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>363</v>
+        <v>319</v>
       </c>
       <c r="C197" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D197" s="6" t="s">
-        <v>364</v>
+        <v>320</v>
       </c>
       <c r="E197" s="6" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>229</v>
+        <v>321</v>
       </c>
       <c r="G197" s="8">
-        <v>1540.76</v>
+        <v>4722.05</v>
       </c>
       <c r="H197" s="9">
-        <v>44893</v>
+        <v>45082</v>
       </c>
       <c r="I197" s="10">
-        <v>46353</v>
+        <v>46542</v>
       </c>
       <c r="J197" s="4" t="s">
-        <v>365</v>
+        <v>322</v>
       </c>
     </row>
     <row r="198" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>366</v>
+        <v>27</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D198" s="6" t="s">
-        <v>29</v>
+        <v>323</v>
       </c>
       <c r="E198" s="6" t="s">
-        <v>367</v>
+        <v>151</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>368</v>
+        <v>152</v>
       </c>
       <c r="G198" s="8">
-        <v>623</v>
+        <v>5575.67</v>
       </c>
       <c r="H198" s="9">
-        <v>44875</v>
+        <v>44999</v>
       </c>
       <c r="I198" s="10">
-        <v>46335</v>
+        <v>46825</v>
       </c>
       <c r="J198" s="4" t="s">
-        <v>369</v>
+        <v>324</v>
       </c>
     </row>
     <row r="199" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>370</v>
+        <v>325</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D199" s="6" t="s">
-        <v>371</v>
+        <v>326</v>
       </c>
       <c r="E199" s="6" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>372</v>
+        <v>75</v>
       </c>
       <c r="G199" s="8">
-        <v>2975.75</v>
+        <v>4551</v>
       </c>
       <c r="H199" s="9">
-        <v>44865</v>
+        <v>44970</v>
       </c>
       <c r="I199" s="10">
-        <v>46325</v>
+        <v>46430</v>
       </c>
       <c r="J199" s="4" t="s">
-        <v>373</v>
+        <v>327</v>
       </c>
     </row>
     <row r="200" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>374</v>
+        <v>328</v>
       </c>
       <c r="C200" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D200" s="6" t="s">
-        <v>375</v>
+        <v>329</v>
       </c>
       <c r="E200" s="6" t="s">
-        <v>135</v>
+        <v>61</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>376</v>
+        <v>75</v>
       </c>
       <c r="G200" s="8">
-        <v>4761.91</v>
+        <v>2621</v>
       </c>
       <c r="H200" s="9">
-        <v>44865</v>
+        <v>44970</v>
       </c>
       <c r="I200" s="10">
-        <v>46325</v>
+        <v>46430</v>
       </c>
       <c r="J200" s="4" t="s">
-        <v>377</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>378</v>
+        <v>331</v>
       </c>
       <c r="C201" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D201" s="6" t="s">
-        <v>379</v>
+        <v>332</v>
       </c>
       <c r="E201" s="6" t="s">
-        <v>380</v>
+        <v>135</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>381</v>
+        <v>147</v>
       </c>
       <c r="G201" s="8">
-        <v>987.87</v>
+        <v>47776.66</v>
       </c>
       <c r="H201" s="9">
-        <v>44861</v>
+        <v>44966</v>
       </c>
       <c r="I201" s="10">
-        <v>46321</v>
+        <v>46426</v>
       </c>
       <c r="J201" s="4" t="s">
-        <v>382</v>
+        <v>333</v>
       </c>
     </row>
     <row r="202" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>383</v>
+        <v>334</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D202" s="6" t="s">
-        <v>384</v>
+        <v>335</v>
       </c>
       <c r="E202" s="6" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>385</v>
+        <v>75</v>
       </c>
       <c r="G202" s="8">
-        <v>860.02</v>
+        <v>13168</v>
       </c>
       <c r="H202" s="9">
-        <v>44782</v>
+        <v>44960</v>
       </c>
       <c r="I202" s="10">
-        <v>46242</v>
+        <v>46420</v>
       </c>
       <c r="J202" s="4" t="s">
-        <v>386</v>
+        <v>336</v>
       </c>
     </row>
     <row r="203" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>27</v>
+        <v>337</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D203" s="6" t="s">
-        <v>387</v>
+        <v>338</v>
       </c>
       <c r="E203" s="6" t="s">
         <v>151</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>152</v>
+        <v>339</v>
       </c>
       <c r="G203" s="8">
-        <v>3357.1</v>
+        <v>8631</v>
       </c>
       <c r="H203" s="9">
-        <v>44767</v>
+        <v>44960</v>
       </c>
       <c r="I203" s="10">
-        <v>46227</v>
+        <v>46420</v>
       </c>
       <c r="J203" s="4" t="s">
-        <v>388</v>
+        <v>340</v>
       </c>
     </row>
     <row r="204" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>389</v>
+        <v>341</v>
       </c>
       <c r="C204" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D204" s="6" t="s">
-        <v>390</v>
+        <v>342</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>61</v>
+        <v>343</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>79</v>
+        <v>344</v>
       </c>
       <c r="G204" s="8">
-        <v>12146.72</v>
+        <v>3061.56</v>
       </c>
       <c r="H204" s="9">
-        <v>44712</v>
+        <v>44938</v>
       </c>
       <c r="I204" s="10">
-        <v>46172</v>
+        <v>46398</v>
       </c>
       <c r="J204" s="4" t="s">
-        <v>391</v>
+        <v>345</v>
       </c>
     </row>
     <row r="205" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D205" s="6" t="s">
-        <v>392</v>
+        <v>23</v>
       </c>
       <c r="E205" s="6" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>152</v>
+        <v>25</v>
       </c>
       <c r="G205" s="8">
-        <v>645</v>
+        <v>976.79399999999998</v>
       </c>
       <c r="H205" s="9">
-        <v>44616</v>
+        <v>44938</v>
       </c>
       <c r="I205" s="10">
-        <v>46076</v>
+        <v>46398</v>
       </c>
       <c r="J205" s="4" t="s">
-        <v>393</v>
+        <v>346</v>
       </c>
     </row>
     <row r="206" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>470</v>
+        <v>347</v>
       </c>
       <c r="C206" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D206" s="6" t="s">
-        <v>471</v>
+        <v>348</v>
       </c>
       <c r="E206" s="6" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>472</v>
+        <v>349</v>
       </c>
       <c r="G206" s="8">
-        <v>10810</v>
+        <v>2034</v>
       </c>
       <c r="H206" s="9">
-        <v>44616</v>
+        <v>44932</v>
       </c>
       <c r="I206" s="10">
-        <v>46076</v>
+        <v>46392</v>
       </c>
       <c r="J206" s="4" t="s">
-        <v>473</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>394</v>
+        <v>351</v>
       </c>
       <c r="C207" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D207" s="6" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="E207" s="6" t="s">
-        <v>135</v>
+        <v>353</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>396</v>
+        <v>354</v>
       </c>
       <c r="G207" s="8">
-        <v>600</v>
+        <v>1540</v>
       </c>
       <c r="H207" s="9">
-        <v>44592</v>
+        <v>44893</v>
       </c>
       <c r="I207" s="10">
-        <v>46053</v>
+        <v>46353</v>
       </c>
       <c r="J207" s="4" t="s">
-        <v>397</v>
+        <v>355</v>
       </c>
     </row>
     <row r="208" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="C208" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D208" s="6" t="s">
-        <v>399</v>
+        <v>357</v>
       </c>
       <c r="E208" s="6" t="s">
-        <v>61</v>
+        <v>353</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>75</v>
+        <v>354</v>
       </c>
       <c r="G208" s="8">
-        <v>2233</v>
+        <v>709</v>
       </c>
       <c r="H208" s="9">
-        <v>44525</v>
+        <v>44893</v>
       </c>
       <c r="I208" s="10">
-        <v>45985</v>
+        <v>46353</v>
       </c>
       <c r="J208" s="4" t="s">
-        <v>400</v>
+        <v>358</v>
       </c>
     </row>
     <row r="209" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>401</v>
+        <v>359</v>
       </c>
       <c r="C209" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D209" s="6" t="s">
-        <v>402</v>
+        <v>360</v>
       </c>
       <c r="E209" s="6" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>403</v>
+        <v>228</v>
       </c>
       <c r="G209" s="8">
-        <v>23238</v>
+        <v>1540.76</v>
       </c>
       <c r="H209" s="9">
-        <v>44525</v>
+        <v>44893</v>
       </c>
       <c r="I209" s="10">
-        <v>45985</v>
+        <v>46353</v>
       </c>
       <c r="J209" s="4" t="s">
-        <v>404</v>
+        <v>361</v>
       </c>
     </row>
     <row r="210" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>405</v>
+        <v>362</v>
       </c>
       <c r="C210" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D210" s="6" t="s">
-        <v>406</v>
+        <v>29</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>163</v>
+        <v>363</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>261</v>
+        <v>364</v>
       </c>
       <c r="G210" s="8">
-        <v>366</v>
+        <v>623</v>
       </c>
       <c r="H210" s="9">
-        <v>44525</v>
+        <v>44875</v>
       </c>
       <c r="I210" s="10">
-        <v>45985</v>
+        <v>46335</v>
       </c>
       <c r="J210" s="4" t="s">
-        <v>407</v>
+        <v>365</v>
       </c>
     </row>
     <row r="211" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>408</v>
+        <v>366</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D211" s="6" t="s">
-        <v>409</v>
+        <v>367</v>
       </c>
       <c r="E211" s="6" t="s">
-        <v>163</v>
+        <v>72</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>261</v>
+        <v>368</v>
       </c>
       <c r="G211" s="8">
-        <v>635</v>
+        <v>2975.75</v>
       </c>
       <c r="H211" s="9">
-        <v>44525</v>
+        <v>44865</v>
       </c>
       <c r="I211" s="10">
-        <v>45985</v>
+        <v>46325</v>
       </c>
       <c r="J211" s="4" t="s">
-        <v>410</v>
+        <v>369</v>
       </c>
     </row>
     <row r="212" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>411</v>
+        <v>370</v>
       </c>
       <c r="C212" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D212" s="6" t="s">
-        <v>412</v>
+        <v>371</v>
       </c>
       <c r="E212" s="6" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>413</v>
+        <v>372</v>
       </c>
       <c r="G212" s="8">
-        <v>4213</v>
+        <v>4761.91</v>
       </c>
       <c r="H212" s="9">
-        <v>44525</v>
+        <v>44865</v>
       </c>
       <c r="I212" s="10">
-        <v>45985</v>
+        <v>46325</v>
       </c>
       <c r="J212" s="4" t="s">
-        <v>414</v>
+        <v>373</v>
       </c>
     </row>
     <row r="213" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>415</v>
+        <v>374</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D213" s="6" t="s">
-        <v>416</v>
+        <v>375</v>
       </c>
       <c r="E213" s="6" t="s">
-        <v>163</v>
+        <v>376</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>417</v>
+        <v>377</v>
       </c>
       <c r="G213" s="8">
-        <v>731</v>
+        <v>987.87</v>
       </c>
       <c r="H213" s="9">
-        <v>44525</v>
+        <v>44861</v>
       </c>
       <c r="I213" s="10">
-        <v>45985</v>
+        <v>46321</v>
       </c>
       <c r="J213" s="4" t="s">
-        <v>418</v>
+        <v>378</v>
       </c>
     </row>
     <row r="214" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>419</v>
+        <v>379</v>
       </c>
       <c r="C214" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D214" s="6" t="s">
-        <v>420</v>
+        <v>380</v>
       </c>
       <c r="E214" s="6" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>79</v>
+        <v>381</v>
       </c>
       <c r="G214" s="8">
-        <v>4276</v>
+        <v>860.02</v>
       </c>
       <c r="H214" s="9">
-        <v>44525</v>
+        <v>44782</v>
       </c>
       <c r="I214" s="10">
-        <v>45985</v>
+        <v>46242</v>
       </c>
       <c r="J214" s="4" t="s">
-        <v>421</v>
+        <v>382</v>
       </c>
     </row>
     <row r="215" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>422</v>
+        <v>27</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D215" s="6" t="s">
-        <v>423</v>
+        <v>383</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>61</v>
+        <v>151</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>62</v>
+        <v>152</v>
       </c>
       <c r="G215" s="8">
-        <v>1101</v>
+        <v>3357.1</v>
       </c>
       <c r="H215" s="9">
-        <v>44525</v>
+        <v>44767</v>
       </c>
       <c r="I215" s="10">
-        <v>45985</v>
+        <v>46227</v>
       </c>
       <c r="J215" s="4" t="s">
-        <v>424</v>
+        <v>384</v>
       </c>
     </row>
     <row r="216" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>425</v>
+        <v>385</v>
       </c>
       <c r="C216" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D216" s="6" t="s">
-        <v>426</v>
+        <v>386</v>
       </c>
       <c r="E216" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="G216" s="8">
-        <v>19259</v>
+        <v>12146.72</v>
       </c>
       <c r="H216" s="9">
-        <v>44525</v>
+        <v>44712</v>
       </c>
       <c r="I216" s="10">
-        <v>45985</v>
+        <v>46172</v>
       </c>
       <c r="J216" s="4" t="s">
-        <v>427</v>
+        <v>387</v>
       </c>
     </row>
     <row r="217" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>428</v>
+        <v>27</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D217" s="6" t="s">
-        <v>429</v>
+        <v>388</v>
       </c>
       <c r="E217" s="6" t="s">
-        <v>61</v>
+        <v>151</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>75</v>
+        <v>152</v>
       </c>
       <c r="G217" s="8">
-        <v>4526</v>
+        <v>645</v>
       </c>
       <c r="H217" s="9">
-        <v>44525</v>
+        <v>44616</v>
       </c>
       <c r="I217" s="10">
-        <v>45985</v>
+        <v>46076</v>
       </c>
       <c r="J217" s="4" t="s">
-        <v>430</v>
+        <v>389</v>
       </c>
     </row>
     <row r="218" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="C218" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D218" s="6" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="E218" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>62</v>
+        <v>427</v>
       </c>
       <c r="G218" s="8">
-        <v>12041</v>
+        <v>10810</v>
       </c>
       <c r="H218" s="9">
-        <v>44525</v>
+        <v>44616</v>
       </c>
       <c r="I218" s="10">
-        <v>45985</v>
+        <v>46076</v>
       </c>
       <c r="J218" s="4" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
     </row>
     <row r="219" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>434</v>
+        <v>390</v>
       </c>
       <c r="C219" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D219" s="6" t="s">
-        <v>435</v>
+        <v>391</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>75</v>
+        <v>392</v>
       </c>
       <c r="G219" s="8">
-        <v>30712</v>
+        <v>600</v>
       </c>
       <c r="H219" s="9">
-        <v>44525</v>
+        <v>44592</v>
       </c>
       <c r="I219" s="10">
-        <v>45985</v>
+        <v>46053</v>
       </c>
       <c r="J219" s="4" t="s">
-        <v>436</v>
+        <v>393</v>
       </c>
     </row>
     <row r="220" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>437</v>
+        <v>402</v>
       </c>
       <c r="C220" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D220" s="6" t="s">
-        <v>438</v>
+        <v>403</v>
       </c>
       <c r="E220" s="6" t="s">
-        <v>72</v>
+        <v>363</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>439</v>
+        <v>404</v>
       </c>
       <c r="G220" s="8">
-        <v>890</v>
+        <v>1061</v>
       </c>
       <c r="H220" s="9">
-        <v>44509</v>
+        <v>44278</v>
       </c>
       <c r="I220" s="10">
-        <v>45969</v>
+        <v>46103</v>
       </c>
       <c r="J220" s="4" t="s">
-        <v>440</v>
+        <v>405</v>
       </c>
     </row>
     <row r="221" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>441</v>
+        <v>406</v>
       </c>
       <c r="C221" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D221" s="6" t="s">
-        <v>442</v>
+        <v>407</v>
       </c>
       <c r="E221" s="6" t="s">
-        <v>72</v>
+        <v>363</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="G221" s="8">
-        <v>442.11</v>
+        <v>3918</v>
       </c>
       <c r="H221" s="9">
-        <v>44509</v>
+        <v>44278</v>
       </c>
       <c r="I221" s="10">
-        <v>45969</v>
+        <v>46103</v>
       </c>
       <c r="J221" s="4" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
     </row>
     <row r="222" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>447</v>
+        <v>410</v>
       </c>
       <c r="C222" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D222" s="6" t="s">
-        <v>448</v>
+        <v>411</v>
       </c>
       <c r="E222" s="6" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>449</v>
+        <v>412</v>
       </c>
       <c r="G222" s="8">
-        <v>1061</v>
+        <v>7413</v>
       </c>
       <c r="H222" s="9">
         <v>44278</v>
       </c>
       <c r="I222" s="10">
         <v>46103</v>
       </c>
       <c r="J222" s="4" t="s">
-        <v>450</v>
+        <v>413</v>
       </c>
     </row>
     <row r="223" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>451</v>
+        <v>414</v>
       </c>
       <c r="C223" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D223" s="6" t="s">
-        <v>452</v>
+        <v>415</v>
       </c>
       <c r="E223" s="6" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>453</v>
+        <v>416</v>
       </c>
       <c r="G223" s="8">
-        <v>3918</v>
+        <v>9938</v>
       </c>
       <c r="H223" s="9">
         <v>44278</v>
       </c>
       <c r="I223" s="10">
         <v>46103</v>
       </c>
       <c r="J223" s="4" t="s">
-        <v>454</v>
+        <v>417</v>
       </c>
     </row>
     <row r="224" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>455</v>
+        <v>418</v>
       </c>
       <c r="C224" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D224" s="6" t="s">
-        <v>456</v>
+        <v>419</v>
       </c>
       <c r="E224" s="6" t="s">
-        <v>367</v>
+        <v>14</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>457</v>
+        <v>15</v>
       </c>
       <c r="G224" s="8">
-        <v>7413</v>
+        <v>14766</v>
       </c>
       <c r="H224" s="9">
-        <v>44278</v>
+        <v>44251</v>
       </c>
       <c r="I224" s="10">
-        <v>46103</v>
+        <v>46076</v>
       </c>
       <c r="J224" s="4" t="s">
-        <v>458</v>
+        <v>420</v>
       </c>
     </row>
     <row r="225" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>459</v>
+        <v>421</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D225" s="6" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="E225" s="6" t="s">
-        <v>367</v>
+        <v>14</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>461</v>
+        <v>423</v>
       </c>
       <c r="G225" s="8">
-        <v>9938</v>
+        <v>6013</v>
       </c>
       <c r="H225" s="9">
-        <v>44278</v>
+        <v>44251</v>
       </c>
       <c r="I225" s="10">
-        <v>46103</v>
+        <v>46076</v>
       </c>
       <c r="J225" s="4" t="s">
-        <v>462</v>
+        <v>424</v>
       </c>
     </row>
     <row r="226" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A226" s="3" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="A226" s="3"/>
+      <c r="B226" s="3"/>
+      <c r="C226" s="3"/>
+      <c r="F226" s="3"/>
+      <c r="G226" s="8"/>
+      <c r="H226" s="9"/>
+      <c r="I226" s="10"/>
+      <c r="J226" s="4"/>
     </row>
     <row r="227" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A227" s="5" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="A227" s="5"/>
+      <c r="B227" s="5"/>
+      <c r="C227" s="5"/>
+      <c r="F227" s="5"/>
+      <c r="G227" s="11"/>
+      <c r="H227" s="12"/>
+      <c r="I227" s="12"/>
+      <c r="J227" s="5"/>
     </row>
     <row r="228" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A228" s="5"/>
       <c r="B228" s="5"/>
       <c r="E228" s="5"/>
       <c r="F228" s="5"/>
       <c r="G228" s="11"/>
       <c r="H228" s="12"/>
       <c r="I228" s="12"/>
       <c r="J228" s="5"/>
     </row>
     <row r="229" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A229" s="5"/>
       <c r="B229" s="5"/>
       <c r="E229" s="5"/>
       <c r="F229" s="5"/>
       <c r="G229" s="11"/>
       <c r="H229" s="12"/>
       <c r="I229" s="12"/>
       <c r="J229" s="5"/>
     </row>
     <row r="230" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A230" s="5"/>
       <c r="B230" s="5"/>
       <c r="C230" s="5"/>
@@ -10671,56 +10865,56 @@
     </row>
     <row r="338" spans="1:10" ht="15" x14ac:dyDescent="0.3">
       <c r="A338" s="5"/>
       <c r="B338" s="5"/>
       <c r="C338" s="5"/>
       <c r="E338" s="5"/>
       <c r="F338" s="5"/>
       <c r="G338" s="11"/>
       <c r="H338" s="13"/>
       <c r="I338" s="13"/>
       <c r="J338" s="5"/>
     </row>
     <row r="339" spans="1:10" ht="15" x14ac:dyDescent="0.3">
       <c r="A339" s="5"/>
       <c r="B339" s="5"/>
       <c r="C339" s="5"/>
       <c r="E339" s="5"/>
       <c r="F339" s="5"/>
       <c r="G339" s="11"/>
       <c r="H339" s="13"/>
       <c r="I339" s="13"/>
       <c r="J339" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="1.05277777777778" bottom="1.05277777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
-  <pageSetup orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12Página &amp;P</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>[1]MENU!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>C312:C339</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>[2]MENU!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>C230:C231</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
@@ -10729,36 +10923,33 @@
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CERTIFICACIONES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>Deyanira Feria Garcia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-MX</dc:language>
 </cp:coreProperties>
 </file>