--- v0 (2025-12-08)
+++ v1 (2026-03-24)
@@ -1,71 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" state="visible" r:id="rId2"/>
+    <sheet name="Hoja2" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3526" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3654" uniqueCount="44">
   <si>
     <t xml:space="preserve">Gerencia De Manejo del Fuego, Diciembre 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Año</t>
   </si>
   <si>
     <t xml:space="preserve">Entidad Federativa</t>
   </si>
   <si>
     <t xml:space="preserve">Cantidad de incendios forestales</t>
   </si>
   <si>
     <t xml:space="preserve">Superficie afectada (ha)</t>
   </si>
   <si>
     <t xml:space="preserve">Región</t>
   </si>
   <si>
     <t xml:space="preserve">Aguascalientes</t>
   </si>
   <si>
     <t xml:space="preserve">Occidente</t>
   </si>
   <si>
@@ -164,91 +166,106 @@
   <si>
     <t xml:space="preserve">Tamaulipas</t>
   </si>
   <si>
     <t xml:space="preserve">Tlaxcala</t>
   </si>
   <si>
     <t xml:space="preserve">Veracruz</t>
   </si>
   <si>
     <t xml:space="preserve">Yucatán</t>
   </si>
   <si>
     <t xml:space="preserve">Zacatecas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="#,##0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="9">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <b val="true"/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Montserrat"/>
       <family val="0"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Montserrat"/>
       <family val="0"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Montserrat"/>
       <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Noto Sans"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Noto Sans"/>
+      <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF254061"/>
         <bgColor rgb="FF333399"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF376092"/>
         <bgColor rgb="FF254061"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF8EB4E3"/>
@@ -287,80 +304,96 @@
   <cellStyleXfs count="20">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="12">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
     <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
@@ -393,71 +426,73 @@
       <rgbColor rgb="FFFF99CC"/>
       <rgbColor rgb="FFCC99FF"/>
       <rgbColor rgb="FFFFCC99"/>
       <rgbColor rgb="FF3366FF"/>
       <rgbColor rgb="FF33CCCC"/>
       <rgbColor rgb="FF99CC00"/>
       <rgbColor rgb="FFFFCC00"/>
       <rgbColor rgb="FFFF9900"/>
       <rgbColor rgb="FFFF6600"/>
       <rgbColor rgb="FF376092"/>
       <rgbColor rgb="FF969696"/>
       <rgbColor rgb="FF003366"/>
       <rgbColor rgb="FF339966"/>
       <rgbColor rgb="FF003300"/>
       <rgbColor rgb="FF333300"/>
       <rgbColor rgb="FF993300"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF254061"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E1762"/>
+  <dimension ref="A1:E1794"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
+      <pane xSplit="0" ySplit="2" topLeftCell="A1754" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" activeCellId="0" sqref="A1"/>
+      <selection pane="bottomLeft" activeCell="A1763" activeCellId="0" sqref="A1763:A1794"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.55078125" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="0" width="30.01"/>
-[...2 lines deleted...]
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="0" width="17.51"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="0" width="30.02"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="0" width="41.95"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="0" width="42.65"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="0" width="17.52"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
@@ -30362,54 +30397,1210 @@
       </c>
       <c r="D1761" s="7" t="n">
         <v>20333.8138</v>
       </c>
       <c r="E1761" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="1762" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A1762" s="3" t="n">
         <v>2024</v>
       </c>
       <c r="B1762" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C1762" s="5" t="n">
         <v>49</v>
       </c>
       <c r="D1762" s="7" t="n">
         <v>16639.1782</v>
       </c>
       <c r="E1762" s="6" t="s">
         <v>7</v>
       </c>
     </row>
+    <row r="1763" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1763" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1763" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C1763" s="5" t="n">
+        <v>136</v>
+      </c>
+      <c r="D1763" s="7" t="n">
+        <v>7929</v>
+      </c>
+      <c r="E1763" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1764" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1764" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1764" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1764" s="5" t="n">
+        <v>65</v>
+      </c>
+      <c r="D1764" s="7" t="n">
+        <v>55435</v>
+      </c>
+      <c r="E1764" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1765" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1765" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1765" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C1765" s="5" t="n">
+        <v>7</v>
+      </c>
+      <c r="D1765" s="7" t="n">
+        <v>120</v>
+      </c>
+      <c r="E1765" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1766" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1766" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1766" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1766" s="5" t="n">
+        <v>56</v>
+      </c>
+      <c r="D1766" s="7" t="n">
+        <v>51980</v>
+      </c>
+      <c r="E1766" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1767" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1767" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1767" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1767" s="5" t="n">
+        <v>287</v>
+      </c>
+      <c r="D1767" s="7" t="n">
+        <v>39581</v>
+      </c>
+      <c r="E1767" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1768" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1768" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1768" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1768" s="5" t="n">
+        <v>596</v>
+      </c>
+      <c r="D1768" s="7" t="n">
+        <v>221533</v>
+      </c>
+      <c r="E1768" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1769" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1769" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1769" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1769" s="5" t="n">
+        <v>512</v>
+      </c>
+      <c r="D1769" s="7" t="n">
+        <v>3244</v>
+      </c>
+      <c r="E1769" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1770" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1770" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1770" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1770" s="5" t="n">
+        <v>44</v>
+      </c>
+      <c r="D1770" s="7" t="n">
+        <v>5722</v>
+      </c>
+      <c r="E1770" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1771" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1771" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1771" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1771" s="5" t="n">
+        <v>68</v>
+      </c>
+      <c r="D1771" s="7" t="n">
+        <v>3012</v>
+      </c>
+      <c r="E1771" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1772" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1772" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1772" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1772" s="5" t="n">
+        <v>411</v>
+      </c>
+      <c r="D1772" s="7" t="n">
+        <v>103402</v>
+      </c>
+      <c r="E1772" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1773" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1773" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1773" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C1773" s="5" t="n">
+        <v>125</v>
+      </c>
+      <c r="D1773" s="7" t="n">
+        <v>10042</v>
+      </c>
+      <c r="E1773" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1774" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1774" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1774" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1774" s="5" t="n">
+        <v>304</v>
+      </c>
+      <c r="D1774" s="7" t="n">
+        <v>104581</v>
+      </c>
+      <c r="E1774" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1775" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1775" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1775" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C1775" s="5" t="n">
+        <v>144</v>
+      </c>
+      <c r="D1775" s="7" t="n">
+        <v>3758</v>
+      </c>
+      <c r="E1775" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1776" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1776" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1776" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C1776" s="5" t="n">
+        <v>919</v>
+      </c>
+      <c r="D1776" s="7" t="n">
+        <v>88822</v>
+      </c>
+      <c r="E1776" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1777" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1777" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1777" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C1777" s="5" t="n">
+        <v>796</v>
+      </c>
+      <c r="D1777" s="7" t="n">
+        <v>19739</v>
+      </c>
+      <c r="E1777" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1778" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1778" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1778" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1778" s="5" t="n">
+        <v>682</v>
+      </c>
+      <c r="D1778" s="7" t="n">
+        <v>45803</v>
+      </c>
+      <c r="E1778" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1779" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1779" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1779" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1779" s="5" t="n">
+        <v>194</v>
+      </c>
+      <c r="D1779" s="7" t="n">
+        <v>10176</v>
+      </c>
+      <c r="E1779" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1780" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1780" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1780" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C1780" s="5" t="n">
+        <v>163</v>
+      </c>
+      <c r="D1780" s="7" t="n">
+        <v>67771</v>
+      </c>
+      <c r="E1780" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1781" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1781" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1781" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1781" s="5" t="n">
+        <v>52</v>
+      </c>
+      <c r="D1781" s="7" t="n">
+        <v>4066</v>
+      </c>
+      <c r="E1781" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1782" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1782" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1782" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1782" s="5" t="n">
+        <v>215</v>
+      </c>
+      <c r="D1782" s="7" t="n">
+        <v>44723</v>
+      </c>
+      <c r="E1782" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1783" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1783" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1783" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1783" s="5" t="n">
+        <v>303</v>
+      </c>
+      <c r="D1783" s="7" t="n">
+        <v>13231</v>
+      </c>
+      <c r="E1783" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1784" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1784" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1784" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1784" s="5" t="n">
+        <v>93</v>
+      </c>
+      <c r="D1784" s="7" t="n">
+        <v>3715</v>
+      </c>
+      <c r="E1784" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1785" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1785" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1785" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C1785" s="5" t="n">
+        <v>29</v>
+      </c>
+      <c r="D1785" s="7" t="n">
+        <v>6642</v>
+      </c>
+      <c r="E1785" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1786" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1786" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1786" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C1786" s="5" t="n">
+        <v>119</v>
+      </c>
+      <c r="D1786" s="7" t="n">
+        <v>16864</v>
+      </c>
+      <c r="E1786" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1787" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1787" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1787" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1787" s="5" t="n">
+        <v>76</v>
+      </c>
+      <c r="D1787" s="7" t="n">
+        <v>106815</v>
+      </c>
+      <c r="E1787" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1788" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1788" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1788" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C1788" s="5" t="n">
+        <v>43</v>
+      </c>
+      <c r="D1788" s="7" t="n">
+        <v>48528</v>
+      </c>
+      <c r="E1788" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1789" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1789" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1789" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C1789" s="5" t="n">
+        <v>150</v>
+      </c>
+      <c r="D1789" s="7" t="n">
+        <v>79260</v>
+      </c>
+      <c r="E1789" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1790" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1790" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1790" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C1790" s="5" t="n">
+        <v>23</v>
+      </c>
+      <c r="D1790" s="7" t="n">
+        <v>19428</v>
+      </c>
+      <c r="E1790" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1791" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1791" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1791" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C1791" s="5" t="n">
+        <v>93</v>
+      </c>
+      <c r="D1791" s="7" t="n">
+        <v>2430</v>
+      </c>
+      <c r="E1791" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1792" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1792" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1792" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C1792" s="5" t="n">
+        <v>172</v>
+      </c>
+      <c r="D1792" s="7" t="n">
+        <v>6779</v>
+      </c>
+      <c r="E1792" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1793" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1793" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1793" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C1793" s="5" t="n">
+        <v>13</v>
+      </c>
+      <c r="D1793" s="7" t="n">
+        <v>2215</v>
+      </c>
+      <c r="E1793" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1794" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1794" s="3" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1794" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1794" s="5" t="n">
+        <v>126</v>
+      </c>
+      <c r="D1794" s="7" t="n">
+        <v>32868</v>
+      </c>
+      <c r="E1794" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="1" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" firstPageNumber="1" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12Página &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:E32"/>
+  <sheetViews>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A16" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="A36" activeCellId="1" sqref="A1763:A1794 A36"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetData>
+    <row r="1" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B1" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C1" s="10" t="n">
+        <v>136</v>
+      </c>
+      <c r="D1" s="10" t="n">
+        <v>7928.65170000001</v>
+      </c>
+      <c r="E1" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A2" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C2" s="10" t="n">
+        <v>65</v>
+      </c>
+      <c r="D2" s="10" t="n">
+        <v>55434.5629</v>
+      </c>
+      <c r="E2" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A3" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" s="10" t="n">
+        <v>7</v>
+      </c>
+      <c r="D3" s="10" t="n">
+        <v>120.3484</v>
+      </c>
+      <c r="E3" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A4" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="10" t="n">
+        <v>56</v>
+      </c>
+      <c r="D4" s="10" t="n">
+        <v>51980.3234</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A5" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="10" t="n">
+        <v>287</v>
+      </c>
+      <c r="D5" s="10" t="n">
+        <v>39581.063</v>
+      </c>
+      <c r="E5" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A6" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="10" t="n">
+        <v>596</v>
+      </c>
+      <c r="D6" s="10" t="n">
+        <v>221533.3043</v>
+      </c>
+      <c r="E6" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A7" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="10" t="n">
+        <v>512</v>
+      </c>
+      <c r="D7" s="10" t="n">
+        <v>3243.6479</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A8" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="10" t="n">
+        <v>44</v>
+      </c>
+      <c r="D8" s="10" t="n">
+        <v>5721.5456</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A9" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="10" t="n">
+        <v>68</v>
+      </c>
+      <c r="D9" s="10" t="n">
+        <v>3012.2293</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A10" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="10" t="n">
+        <v>411</v>
+      </c>
+      <c r="D10" s="10" t="n">
+        <v>103402.3068</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A11" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="10" t="n">
+        <v>125</v>
+      </c>
+      <c r="D11" s="10" t="n">
+        <v>10042.2351</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A12" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="10" t="n">
+        <v>304</v>
+      </c>
+      <c r="D12" s="10" t="n">
+        <v>104580.6386</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A13" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="10" t="n">
+        <v>144</v>
+      </c>
+      <c r="D13" s="10" t="n">
+        <v>3758.1442</v>
+      </c>
+      <c r="E13" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A14" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="10" t="n">
+        <v>919</v>
+      </c>
+      <c r="D14" s="10" t="n">
+        <v>88821.8709</v>
+      </c>
+      <c r="E14" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A15" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="10" t="n">
+        <v>796</v>
+      </c>
+      <c r="D15" s="10" t="n">
+        <v>19738.926</v>
+      </c>
+      <c r="E15" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A16" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="C16" s="10" t="n">
+        <v>682</v>
+      </c>
+      <c r="D16" s="10" t="n">
+        <v>45802.862</v>
+      </c>
+      <c r="E16" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="17" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A17" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="10" t="n">
+        <v>194</v>
+      </c>
+      <c r="D17" s="10" t="n">
+        <v>10175.7427</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A18" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="10" t="n">
+        <v>163</v>
+      </c>
+      <c r="D18" s="10" t="n">
+        <v>67770.853</v>
+      </c>
+      <c r="E18" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="19" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A19" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C19" s="10" t="n">
+        <v>52</v>
+      </c>
+      <c r="D19" s="10" t="n">
+        <v>4066.2953</v>
+      </c>
+      <c r="E19" s="11" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A20" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" s="10" t="n">
+        <v>215</v>
+      </c>
+      <c r="D20" s="10" t="n">
+        <v>44722.74</v>
+      </c>
+      <c r="E20" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A21" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" s="10" t="n">
+        <v>303</v>
+      </c>
+      <c r="D21" s="10" t="n">
+        <v>13230.8468</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A22" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C22" s="10" t="n">
+        <v>93</v>
+      </c>
+      <c r="D22" s="10" t="n">
+        <v>3714.6117</v>
+      </c>
+      <c r="E22" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A23" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="C23" s="10" t="n">
+        <v>29</v>
+      </c>
+      <c r="D23" s="10" t="n">
+        <v>6641.5535</v>
+      </c>
+      <c r="E23" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A24" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="C24" s="10" t="n">
+        <v>119</v>
+      </c>
+      <c r="D24" s="10" t="n">
+        <v>16864.1343</v>
+      </c>
+      <c r="E24" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="25" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A25" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C25" s="10" t="n">
+        <v>76</v>
+      </c>
+      <c r="D25" s="10" t="n">
+        <v>106815.4396</v>
+      </c>
+      <c r="E25" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A26" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C26" s="10" t="n">
+        <v>43</v>
+      </c>
+      <c r="D26" s="10" t="n">
+        <v>48527.8651</v>
+      </c>
+      <c r="E26" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A27" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C27" s="10" t="n">
+        <v>150</v>
+      </c>
+      <c r="D27" s="10" t="n">
+        <v>79260.4174</v>
+      </c>
+      <c r="E27" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A28" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B28" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C28" s="10" t="n">
+        <v>23</v>
+      </c>
+      <c r="D28" s="10" t="n">
+        <v>19427.6232</v>
+      </c>
+      <c r="E28" s="11" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A29" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C29" s="10" t="n">
+        <v>93</v>
+      </c>
+      <c r="D29" s="10" t="n">
+        <v>2429.8483</v>
+      </c>
+      <c r="E29" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A30" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C30" s="10" t="n">
+        <v>172</v>
+      </c>
+      <c r="D30" s="10" t="n">
+        <v>6778.9205</v>
+      </c>
+      <c r="E30" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A31" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C31" s="10" t="n">
+        <v>13</v>
+      </c>
+      <c r="D31" s="10" t="n">
+        <v>2214.8658</v>
+      </c>
+      <c r="E31" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" customFormat="false" ht="14.9" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A32" s="8" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B32" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C32" s="10" t="n">
+        <v>126</v>
+      </c>
+      <c r="D32" s="10" t="n">
+        <v>32867.8501</v>
+      </c>
+      <c r="E32" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+  </sheetData>
+  <conditionalFormatting sqref="C1:D32">
+    <cfRule type="colorScale" priority="2">
+      <colorScale>
+        <cfvo type="min" val="0"/>
+        <cfvo type="percentile" val="50"/>
+        <cfvo type="max" val="0"/>
+        <color rgb="FFF8696B"/>
+        <color rgb="FFFFEB84"/>
+        <color rgb="FF63BE7B"/>
+      </colorScale>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C1:D32">
+    <cfRule type="colorScale" priority="3">
+      <colorScale>
+        <cfvo type="min" val="0"/>
+        <cfvo type="percentile" val="50"/>
+        <cfvo type="max" val="0"/>
+        <color rgb="FF5A8AC6"/>
+        <color rgb="FFFCFCFF"/>
+        <color rgb="FFF8696B"/>
+      </colorScale>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C1:D32">
+    <cfRule type="colorScale" priority="4">
+      <colorScale>
+        <cfvo type="min" val="0"/>
+        <cfvo type="percentile" val="50"/>
+        <cfvo type="max" val="0"/>
+        <color rgb="FFF8696B"/>
+        <color rgb="FFFFEB84"/>
+        <color rgb="FF63BE7B"/>
+      </colorScale>
+    </cfRule>
+    <cfRule type="colorScale" priority="5">
+      <colorScale>
+        <cfvo type="min" val="0"/>
+        <cfvo type="max" val="0"/>
+        <color rgb="FFF8696B"/>
+        <color rgb="FFFCFCFF"/>
+      </colorScale>
+    </cfRule>
+  </conditionalFormatting>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
+  <pageSetup paperSize="1" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12Página &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>LibreOffice/7.3.7.2$Linux_X86_64 LibreOffice_project/30$Build-2</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator/>
   <dc:description/>
   <dc:language>es-MX</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>